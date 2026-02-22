--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -11,755 +11,798 @@
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="267B017F" w14:textId="41E10C0F" w:rsidR="00063815" w:rsidRPr="001235FD" w:rsidRDefault="00063815" w:rsidP="00063815">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="71F6073B" w14:textId="515E3CB8" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="00B40B2A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">УДК </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C072C8" w:rsidRPr="001235FD">
+        <w:t>УДК</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>621.396.96</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve"> 621.396.96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00373468" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0046108C" w:rsidRPr="00AB1C37">
+      <w:r w:rsidR="00251892">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">DOI: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>10.15330/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+        <w:t>: 10.15330/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>itee</w:t>
       </w:r>
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB1C37" w:rsidRPr="00AB1C37">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1C37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1C37">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00190677" w:rsidRPr="00AB1C37">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1C37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F527AC" w14:textId="29A333FF" w:rsidR="00063815" w:rsidRPr="001235FD" w:rsidRDefault="00B75630" w:rsidP="00B75630">
+    <w:p w14:paraId="068047E4" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>І.В. СВИД, канд. техн. нау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C45AE4" w:rsidRPr="001235FD">
+        <w:t>І.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D659A" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">. СВИД, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14B8A" w:rsidRPr="001235FD">
+        <w:t>канд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>І.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>В</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14B8A" w:rsidRPr="001235FD">
+        <w:t>техн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">. наук, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ІГНАТЮК</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A14B8A" w:rsidRPr="001235FD">
+        <w:t>І.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00814C05" w:rsidRPr="001235FD">
+        <w:t>ІГНАТЮК</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Д</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00814C05" w:rsidRPr="001235FD">
+        <w:t>О.Д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ШУНІБОРОВ</w:t>
       </w:r>
-      <w:r w:rsidR="00814C05" w:rsidRPr="001235FD">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FFD6B6" w14:textId="77777777" w:rsidR="00063815" w:rsidRPr="001235FD" w:rsidRDefault="009405F7" w:rsidP="00B75630">
+    <w:p w14:paraId="0252A736" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ОЦІНКА ЯКОСТІ РАДІОЛОКАЦІЙНОЇ ІНФОРМАЦІЇ СИСТЕМ ЗАЛЕЖНОГО КООПЕРАТИВНОГО СПОСТЕРЕЖЕННЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDCED2A" w14:textId="77777777" w:rsidR="00063815" w:rsidRPr="001235FD" w:rsidRDefault="00063815" w:rsidP="00063815">
+    <w:p w14:paraId="37E56AA1" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45835793" w14:textId="77777777" w:rsidR="00063815" w:rsidRPr="001235FD" w:rsidRDefault="008A788B" w:rsidP="00172A19">
+    <w:p w14:paraId="77387C2D" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вступ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0202D614" w14:textId="77777777" w:rsidR="00AB1C37" w:rsidRDefault="009405F7" w:rsidP="009405F7">
+    <w:p w14:paraId="4D00CB73" w14:textId="343685A8" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>В даний час спостереження та визначення місця розташування повітряного судна в повітряному просторі здійснюються за допомогою первинних [1-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">В даний час спостереження та визначення місця розташування повітряного судна в повітряному просторі здійснюються за допомогою первинних [1-4] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>4</w:t>
-      </w:r>
+        <w:t>однопозиційних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>] однопозиційних [</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve"> [5-7], багатопозиційних [8</w:t>
+      </w:r>
+      <w:r w:rsidR="008C17DF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>5-7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001235FD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C17DF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>8-10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001235FD">
+        <w:t>] та вторинних [1</w:t>
+      </w:r>
+      <w:r w:rsidR="008C17DF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>] та вторинних [</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+        <w:t>0, 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>11</w:t>
-      </w:r>
+        <w:t xml:space="preserve">] оглядових радіолокаторів, систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>-1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+        <w:t>ADS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001235FD">
+        <w:t xml:space="preserve"> тощо. Первинний оглядовий радіолокатор визначає місце розташування повітряного судна на основі прийому відбитих радіолокаційних сигналів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3289D36B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00AB1C37" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+      <w:pPr>
+        <w:ind w:firstLine="454"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">] оглядових радіолокаторів, систем ADS тощо. Первинний оглядовий радіолокатор визначає місце розташування повітряного судна на основі прийому відбитих радіолокаційних сигналів. </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>…………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFC69A1" w14:textId="1CE46A93" w:rsidR="00AB1C37" w:rsidRPr="00AB1C37" w:rsidRDefault="00AB1C37" w:rsidP="009405F7">
+    <w:p w14:paraId="6C808523" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4F45AA6A" w14:textId="01D93FD7" w:rsidR="006F06FA" w:rsidRPr="001235FD" w:rsidRDefault="006F06FA" w:rsidP="009405F7">
-[...10 lines deleted...]
-    <w:p w14:paraId="3EA77D13" w14:textId="77777777" w:rsidR="00316DFB" w:rsidRPr="001235FD" w:rsidRDefault="00316DFB" w:rsidP="00316DFB">
+    <w:p w14:paraId="198084AE" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Оцінка імовірності цілісності інформації систем залежного кооперативного </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br/>
         <w:t>спостереження</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A761034" w14:textId="199235E3" w:rsidR="006F06FA" w:rsidRPr="001235FD" w:rsidRDefault="00D17A6D" w:rsidP="007105B5">
+    <w:p w14:paraId="726ECF84" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначені на борту повітряного </w:t>
       </w:r>
-      <w:r w:rsidR="00E32F42" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>судна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> координати, на основі вимірів глобальної навігаційної супутникової системи, характеризуються високою точністю</w:t>
       </w:r>
-      <w:r w:rsidR="00043F14">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000651F6" w:rsidRPr="001235FD">
+        <w:t>[22-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="uk-UA"/>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="001E4F2E" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Для користувача системи залежних систем спостереження важливо, щоб була можливість виявляти ситуації, коли помилки визначення координат повітряного </w:t>
       </w:r>
-      <w:r w:rsidR="00E32F42" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>судна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, переданих в повідомленнях залежних систем спостереження, перевищують заздалегідь встановлений радіус утримання </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="69F2483D">
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="177DC4C7">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1811666026" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1832643136" r:id="rId10"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Будемо вважати, що в цьому випадку подається сигнал тривоги.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7054E7F3" w14:textId="519A17BB" w:rsidR="00043F14" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="201BDFA9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Розрахунки чутливості вимірювання висоти, нормованої за швидкістю світла, наведені на рис.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 а)</w:t>
       </w:r>
@@ -782,80 +825,80 @@
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>рис.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0453369E" w14:textId="77777777" w:rsidR="00043F14" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="68600EAA" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="0048109C" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="2AB878C1">
-          <v:shape id="Picture 2518" o:spid="_x0000_i1318" type="#_x0000_t75" style="width:179.4pt;height:142.2pt;visibility:visible;mso-position-horizontal:absolute" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpgsyRxAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohUrq1G00OJJrHrpbdiMm7SbyXYTdfvvG0HobR7vc+bLztfiQm10gTUMBwoEcRmM&#10;40rD8fD2NAURE7LBOjBp+KUIy0XvYY6FCVf+oMs+VSKHcCxQg02pKaSMpSWPcRAa4sydQusxZdhW&#10;0rR4zeG+liOlJtKj49xgsaFXS+X3/uw1bN0Xn9X4Z/z8OdltDuuRd0f7rvVjv1vNQCTq0r/47t6Y&#10;PH+qhi9weyffIBd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGmCzJHEAAAA3gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" o:allowoverlap="f">
+        <w:pict w14:anchorId="4EF2CA68">
+          <v:shape id="Picture 2518" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:179.25pt;height:142.9pt;visibility:visible;mso-position-horizontal:absolute" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpgsyRxAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohUrq1G00OJJrHrpbdiMm7SbyXYTdfvvG0HobR7vc+bLztfiQm10gTUMBwoEcRmM&#10;40rD8fD2NAURE7LBOjBp+KUIy0XvYY6FCVf+oMs+VSKHcCxQg02pKaSMpSWPcRAa4sydQusxZdhW&#10;0rR4zeG+liOlJtKj49xgsaFXS+X3/uw1bN0Xn9X4Z/z8OdltDuuRd0f7rvVjv1vNQCTq0r/47t6Y&#10;PH+qhi9weyffIBd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGmCzJHEAAAA3gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" o:allowoverlap="f">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <v:shape id="Picture 2529" o:spid="_x0000_i1319" type="#_x0000_t75" style="width:172.8pt;height:142.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQAPHxwwAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qJgolRlcRQWqxB5/gcciOSTA7G3a3Jv333UKht/n4nrNY9aYRT3K+tqwgHScgiAur&#10;ay4VXM7b1wyED8gaG8uk4Js8rJaDlwXm2nZ8pOcplCKGsM9RQRVCm0vpi4oM+rFtiSN3t85giNCV&#10;UjvsYrhp5CRJ3qTBmmNDhS1tKioepy+j4Lp3B+wO7mO/W6cba/nz/TbNlBoN+/UcRKA+/Iv/3Dsd&#10;52dJOoPfd+INcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0ADx8cMAAADeAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" o:allowoverlap="f">
+      <w:r w:rsidR="00D741F8">
+        <w:pict w14:anchorId="534BC688">
+          <v:shape id="Picture 2529" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:172.9pt;height:142.15pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQAPHxwwAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qJgolRlcRQWqxB5/gcciOSTA7G3a3Jv333UKht/n4nrNY9aYRT3K+tqwgHScgiAur&#10;ay4VXM7b1wyED8gaG8uk4Js8rJaDlwXm2nZ8pOcplCKGsM9RQRVCm0vpi4oM+rFtiSN3t85giNCV&#10;UjvsYrhp5CRJ3qTBmmNDhS1tKioepy+j4Lp3B+wO7mO/W6cba/nz/TbNlBoN+/UcRKA+/Iv/3Dsd&#10;52dJOoPfd+INcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0ADx8cMAAADeAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" o:allowoverlap="f">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0762EDA5" w14:textId="77777777" w:rsidR="00043F14" w:rsidRPr="00212B5C" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="481F7968" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00212B5C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -878,51 +921,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>б)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794386CA" w14:textId="77777777" w:rsidR="00043F14" w:rsidRPr="00E07AB9" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="7A8168F6" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00E07AB9" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07AB9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Рис. 1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Якість</w:t>
@@ -936,345 +979,345 @@
         <w:t xml:space="preserve"> вимірювання </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>висоти</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>повітряного об’єкту</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE1EA34" w14:textId="77777777" w:rsidR="00043F14" w:rsidRPr="001235FD" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="51A4B1EF" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Будемо враховувати що </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="580" w:dyaOrig="340" w14:anchorId="0B7ACCB8">
-          <v:shape id="_x0000_i1349" type="#_x0000_t75" style="width:31.2pt;height:16.8pt" o:ole="">
+        <w:object w:dxaOrig="580" w:dyaOrig="340" w14:anchorId="1D0C2594">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:31.15pt;height:16.9pt" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1349" DrawAspect="Content" ObjectID="_1811666027" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1832643137" r:id="rId14"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> горизонтальні координати фактичного положення повітряного </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>судна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="010C6552">
-          <v:shape id="_x0000_i1350" type="#_x0000_t75" style="width:50.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="760A4DE4">
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:50.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1350" DrawAspect="Content" ObjectID="_1811666028" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1832643138" r:id="rId16"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> - координати, виміряні залежною системою спостереження повітряного простору. Помилки вимірювання є випадкові величини, що дорівнюють </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="1280" w:dyaOrig="360" w14:anchorId="5397B049">
-          <v:shape id="_x0000_i1351" type="#_x0000_t75" style="width:70.8pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="1280" w:dyaOrig="360" w14:anchorId="045B2DB3">
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:70.9pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId17" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1351" DrawAspect="Content" ObjectID="_1811666029" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1832643139" r:id="rId18"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  i </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="1300" w:dyaOrig="360" w14:anchorId="7D52D4E2">
-          <v:shape id="_x0000_i1352" type="#_x0000_t75" style="width:71.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="1300" w:dyaOrig="360" w14:anchorId="38F4E7E5">
+          <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:71.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1352" DrawAspect="Content" ObjectID="_1811666030" r:id="rId20"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1832643140" r:id="rId20"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E2AD2C" w14:textId="77777777" w:rsidR="00043F14" w:rsidRPr="001235FD" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="364AEE60" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Якщо функція</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:object w:dxaOrig="1260" w:dyaOrig="360" w14:anchorId="6DBDCAC6">
-          <v:shape id="_x0000_i1353" type="#_x0000_t75" style="width:63pt;height:18pt" o:ole="">
+        <w:object w:dxaOrig="1260" w:dyaOrig="360" w14:anchorId="26711B0D">
+          <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:63pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId21" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1353" DrawAspect="Content" ObjectID="_1811666031" r:id="rId22"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1832643141" r:id="rId22"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> є спільною щільністю ймовірності помилок </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="251904B1">
-          <v:shape id="_x0000_i1354" type="#_x0000_t75" style="width:45.6pt;height:18pt" o:ole="">
+        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="5C2799E9">
+          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:45.75pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId23" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1354" DrawAspect="Content" ObjectID="_1811666032" r:id="rId24"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1832643142" r:id="rId24"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, то ймовірність того, що помилки не перевищують </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="4BD5D065">
-          <v:shape id="_x0000_i1355" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="764877D4">
+          <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId25" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1355" DrawAspect="Content" ObjectID="_1811666033" r:id="rId26"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1832643143" r:id="rId26"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, можливо визначитися з наступного виразу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671A5A7B" w14:textId="77777777" w:rsidR="00043F14" w:rsidRPr="001235FD" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="73A79677" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-42"/>
         </w:rPr>
-        <w:object w:dxaOrig="2240" w:dyaOrig="700" w14:anchorId="64A88137">
-          <v:shape id="_x0000_i1356" type="#_x0000_t75" style="width:111.6pt;height:35.4pt" o:ole="">
+        <w:object w:dxaOrig="2240" w:dyaOrig="700" w14:anchorId="5529E757">
+          <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:111.4pt;height:35.25pt" o:ole="">
             <v:imagedata r:id="rId27" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1356" DrawAspect="Content" ObjectID="_1811666034" r:id="rId28"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1832643144" r:id="rId28"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0048109C">
         <w:rPr>
           <w:position w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict w14:anchorId="2F72029C">
-          <v:shape id="_x0000_i1357" type="#_x0000_t75" style="width:79.2pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00FC7DA7&quot; wsp:rsidP=&quot;00FC7DA7&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+        <w:pict w14:anchorId="439CE107">
+          <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:79.15pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00FC7DA7&quot; wsp:rsidP=&quot;00FC7DA7&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId29" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0048109C">
         <w:rPr>
           <w:position w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict w14:anchorId="43DAD62A">
-          <v:shape id="_x0000_i1358" type="#_x0000_t75" style="width:163.2pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F903F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00F903F1&quot; wsp:rsidP=&quot;00F903F1&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+        <w:pict w14:anchorId="74719D03">
+          <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:163.15pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F903F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00F903F1&quot; wsp:rsidP=&quot;00F903F1&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId30" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
@@ -1316,1635 +1359,3504 @@
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0048109C">
         <w:rPr>
           <w:position w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict w14:anchorId="3D56EBA4">
-          <v:shape id="_x0000_i1359" type="#_x0000_t75" style="width:335.4pt;height:21pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B2BE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;004B2BE4&quot; wsp:rsidP=&quot;004B2BE4&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t,&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;вѓ—&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О»&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;A&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;g&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;ci&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;cos&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:begChr m:val=&quot;[&quot;/&gt;&lt;m:endChr m:val=&quot;]&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;М‡&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П†&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;(t)&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+        <w:pict w14:anchorId="45A16344">
+          <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:335.65pt;height:21pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B2BE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;004B2BE4&quot; wsp:rsidP=&quot;004B2BE4&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t,&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;вѓ—&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О»&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;A&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;g&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;ci&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;cos&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:begChr m:val=&quot;[&quot;/&gt;&lt;m:endChr m:val=&quot;]&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;М‡&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П†&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;(t)&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId31" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790E174B" w14:textId="77777777" w:rsidR="00043F14" w:rsidRDefault="00043F14" w:rsidP="00043F14">
+    <w:p w14:paraId="7F4438E8" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">При цьому слід зазначити, що вираз (1) не може бути основою забезпечення цілісності вимірювань </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>залежних радіолокаційних систем спостереження</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, так як для кожного конкретного виміряного положення повітряного судна </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="4A9AB903">
-          <v:shape id="_x0000_i1360" type="#_x0000_t75" style="width:50.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="5B6A0630">
+          <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:50.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1360" DrawAspect="Content" ObjectID="_1811666035" r:id="rId32"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1832643145" r:id="rId32"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вона не дозволяє зробити висновок про те, що помилки </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>залежних систем спостереження</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> повітряного простору перевершили величину </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="2CB8780A">
-          <v:shape id="_x0000_i1361" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
+        <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="0D7C3B27">
+          <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId25" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1361" DrawAspect="Content" ObjectID="_1811666036" r:id="rId33"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1832643146" r:id="rId33"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B110CD1" w14:textId="77777777" w:rsidR="00793930" w:rsidRPr="00AB1C37" w:rsidRDefault="00793930" w:rsidP="00793930">
+    <w:p w14:paraId="774808D9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00AB1C37" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490F804B" w14:textId="77777777" w:rsidR="00793930" w:rsidRPr="001235FD" w:rsidRDefault="00793930" w:rsidP="007105B5">
+    <w:p w14:paraId="218874AE" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AEF119F" w14:textId="77777777" w:rsidR="00757F6D" w:rsidRPr="001235FD" w:rsidRDefault="00757F6D" w:rsidP="00757F6D">
+    <w:p w14:paraId="0AF0F6D4" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Висновки</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0083E35F" w14:textId="77777777" w:rsidR="003A6DE3" w:rsidRPr="001235FD" w:rsidRDefault="00757F6D" w:rsidP="007105B5">
+    <w:p w14:paraId="5939DEA8" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Отримані результати дозволяють зробити наступні висновки:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D34700" w14:textId="34D40A02" w:rsidR="00757F6D" w:rsidRPr="001235FD" w:rsidRDefault="00793930" w:rsidP="007105B5">
+    <w:p w14:paraId="1C1FC35A" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425783CC" w14:textId="77777777" w:rsidR="00EE2052" w:rsidRPr="001235FD" w:rsidRDefault="00EE2052" w:rsidP="00063815">
+    <w:p w14:paraId="099611E4" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3267F6D0" w14:textId="77777777" w:rsidR="002E14BB" w:rsidRPr="001235FD" w:rsidRDefault="004A4D74" w:rsidP="00063815">
+    <w:p w14:paraId="5D390229" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Список літератури</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Список літератури:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59744AE6" w14:textId="77777777" w:rsidR="00986817" w:rsidRPr="001235FD" w:rsidRDefault="00986817" w:rsidP="00986817">
+    <w:p w14:paraId="6F14D0C8" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>F. L. Neindre, G. Ferre, D. Dallet, F. Letellier, and K. Pitois, “A successive interference cancellation-based receiver for Secondary Surveillance Radar,” IEEE Transactions on Aerospace and Electronic Systems, pp. 1–12, 2022. doi:10.1109/taes.2022.3193649</w:t>
+        <w:t xml:space="preserve">F. L. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Neindre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, G. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ferre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, D. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Dallet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, F. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Letellier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Pitois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>successive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>interference</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>cancellation-based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>receiver</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Secondary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Surveillance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Radar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>IEEE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Transactions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Aerospace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Electronic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Systems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 1–12, 2022. doi:10.1109/taes.2022.3193649</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6A4261" w14:textId="77777777" w:rsidR="00212B5C" w:rsidRPr="001235FD" w:rsidRDefault="00157ADD" w:rsidP="002F7E0C">
+    <w:p w14:paraId="0C9A8C75" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Свид І.В., Обод І.І. Завадостійкість радіолокаційних систем ідентифікації за ознакою «свій-чужий»: монографія. Харків : Друкарня Мадрид, 2021. 254 с.</w:t>
+        <w:t xml:space="preserve">Свид </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Обод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.І</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Завадостійкість радіолокаційних систем ідентифікації за ознакою «свій-чужий»: монографія. Харків : Друкарня Мадрид, 2021. 254 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5081617F" w14:textId="77777777" w:rsidR="00986817" w:rsidRPr="001235FD" w:rsidRDefault="00986817" w:rsidP="002F7E0C">
+    <w:p w14:paraId="200B2B77" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>J. Gao, J. Zou, and N. Guo, “A secondary surveillance radar data analysis technique based on geometrical method,” Lecture Notes in Electrical Engineering, pp. 707–715, Jun. 2019.</w:t>
+        <w:t xml:space="preserve">J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Gao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Zou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Guo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>secondary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>surveillance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>radar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>technique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>geometrical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>method</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Lecture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Notes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Electrical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Engineering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 707–715, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Jun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F5FACB" w14:textId="7203A1CE" w:rsidR="00157ADD" w:rsidRPr="001235FD" w:rsidRDefault="00A528FA" w:rsidP="00802AFC">
+    <w:p w14:paraId="678F283B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>I. V. Svyd, Comparative analysis of the quality of detection of air objects by secondary radar systems, Radiotekhnika, no. 213, pp. 78–87, 2023</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00465DEC" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">I. V. Svyd, Comparative analysis of the quality of detection of air objects by secondary radar systems, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. doi:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F20D53" w:rsidRPr="00F20D53">
+        <w:t>Radiotekhnika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no. 213, pp. 78–87, 2023. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20D53">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F20D53" w:rsidRPr="00B939D7">
+      <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
-      <w:r w:rsidR="00465DEC" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10.30837/rt.2023.2.213.09.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D41A863" w14:textId="77777777" w:rsidR="00157ADD" w:rsidRPr="001235FD" w:rsidRDefault="00A528FA" w:rsidP="00157ADD">
+    <w:p w14:paraId="7A073B84" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Обод І.І., Шевцова В.В. Порівняльний аналіз запитальних систем передачі інформації системи контролю повітряного простору. Збірник наукових праць Харківського національного університету Повітряних Сил. 2013. № 1(34). С. 123-125.</w:t>
+        <w:t xml:space="preserve">Обод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.І</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Шевцова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Порівняльний аналіз запитальних систем передачі інформації системи контролю повітряного простору. Збірник наукових праць Харківського національного університету Повітряних Сил. 2013. № 1(34). С. 123-125.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C441B3D" w14:textId="77777777" w:rsidR="00157ADD" w:rsidRPr="001235FD" w:rsidRDefault="00157ADD" w:rsidP="00157ADD">
+    <w:p w14:paraId="0283403A" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>A. Moses, M. J. Ru</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A528FA" w:rsidRPr="001235FD">
+        <w:t xml:space="preserve">A. Moses, M. J. Rutherford, and K. P. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">therford, and K. P. Valavanis, </w:t>
-      </w:r>
+        <w:t>Valavanis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Radar-based detection and identifica</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A528FA" w:rsidRPr="001235FD">
+        <w:t>, Radar-based detection and identification for Miniature Air Vehicles” 2011 IEEE International Conference on Control Applications (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tion for Miniature Air Vehicles</w:t>
-      </w:r>
+        <w:t>CCA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">” 2011 IEEE International Conference on Control Applications (CCA), 2011. doi:10.1109/cca.2011.6044363 </w:t>
+        <w:t xml:space="preserve">), 2011. doi:10.1109/cca.2011.6044363 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD5B267" w14:textId="77777777" w:rsidR="00157ADD" w:rsidRPr="001235FD" w:rsidRDefault="00157ADD" w:rsidP="00157ADD">
+    <w:p w14:paraId="00439B8F" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>S. Sadasivan, M. Gurubasavaraj, S.R. Sekar. Acoustis siqnature of an unmanned air vehicle – exploitation for aircraft localisation and parameter estimation, Eronautical DEF SCI J, 2001, Vol. 51, № 3, pр. 279–283.</w:t>
+        <w:t xml:space="preserve">S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sadasivan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gurubasavaraj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S.R. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sekar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Acoustis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>siqnature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of an unmanned air vehicle – exploitation for aircraft </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>localisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and parameter estimation, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Eronautical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DEF SCI J, 2001, Vol. 51, № 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. 279–283.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5103B4" w14:textId="462BA3AA" w:rsidR="00DE19A0" w:rsidRPr="001235FD" w:rsidRDefault="00DE19A0" w:rsidP="00DE19A0">
+    <w:p w14:paraId="3CB3700E" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">V. Semenets et al., “Method of increasing the relative throughput of requesting radar systems,” Przegląd Elektrotechniczny, vol. 1, no. 11, 2022, pp. 99–103, doi: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00793930" w:rsidRPr="00B939D7">
+        <w:t xml:space="preserve">V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Semenets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., “Method of increasing the relative throughput of requesting radar systems,” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Przegląd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Elektrotechniczny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 1, no. 11, 2022, pp. 99–103, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10.15199/48.2022.11.17.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A60745" w14:textId="77777777" w:rsidR="00DE19A0" w:rsidRPr="001235FD" w:rsidRDefault="00DE19A0" w:rsidP="00DE19A0">
+    <w:p w14:paraId="4ADE8EEA" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Обод І.І., Стрельницький О.О., Андрусевич В.А. Методи підвищення якості інформаційного забезпечення системами спостереження повітряного простору. Системи обробки інформації. 2014. № 4(120). С. 53-55.</w:t>
+        <w:t xml:space="preserve">Обод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.І</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Стрельницький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О.О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Андрусевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В.А</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. Методи підвищення якості інформаційного забезпечення системами спостереження повітряного простору. Системи обробки інформації. 2014. № 4(120). С. 53-55.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C71C0C6" w14:textId="4A8271B6" w:rsidR="001235FD" w:rsidRPr="00B939D7" w:rsidRDefault="001235FD" w:rsidP="001235FD">
+    <w:p w14:paraId="571D7BAD" w14:textId="44E00E26" w:rsidR="007C7B3E" w:rsidRPr="00B939D7" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Комплексне інформаційне забезпечення систем управління польотами авіації та протиповітряної оборони / В.В. Ткачев, Ю.Г.Даник, С.А. Жуков, І.І. Обод, І.О. Романенко. К.: МОУ, 2004. 342 с.</w:t>
+        <w:t xml:space="preserve">Комплексне інформаційне забезпечення систем управління польотами авіації та протиповітряної оборони / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>В.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ткачев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ю.Г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44C6E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Даник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>С.А</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Жуков, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.І</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Обод, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Романенко. К.: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>МОУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, 2004. 342 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FD5C8D" w14:textId="77777777" w:rsidR="00B939D7" w:rsidRPr="001235FD" w:rsidRDefault="00B939D7" w:rsidP="00B939D7">
+    <w:p w14:paraId="211E7F6E" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Федоров А.В., Дергоусов М.Ю., Шевченко О.О., Пилипович О.М., Сердюк О.В. Визначення координат повітряних об’єктів системою приймачів ADS-B з застосуванням технології MLAT в умовах багатоцільової обстановки. Системи обробки інформації. 2022. № 1 (168). C. 43-51. https://doi.org/10.30748/soi.2022.168.05. </w:t>
+        <w:t xml:space="preserve">Федоров </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>А.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Дергоусов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>М.Ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Шевченко </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О.О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Пилипович </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О.М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Сердюк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Визначення координат повітряних об’єктів системою приймачів </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ADS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-B з застосуванням технології MLAT в умовах багатоцільової обстановки. Системи обробки інформації. 2022. № 1 (168). C. 43-51. https://doi.org/10.30748/soi.2022.168.05. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD440ED" w14:textId="77777777" w:rsidR="004607CC" w:rsidRPr="003E788C" w:rsidRDefault="004607CC" w:rsidP="004607CC">
+    <w:p w14:paraId="2A0B61CC" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="003E788C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15CB8450" w14:textId="03B674FF" w:rsidR="00A03D3A" w:rsidRPr="001235FD" w:rsidRDefault="00A03D3A" w:rsidP="00A03D3A">
+    <w:p w14:paraId="11B3A9DA" w14:textId="5D062CDF" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Надійшла до редколегії  </w:t>
       </w:r>
-      <w:r w:rsidR="00DE19A0" w:rsidRPr="001235FD">
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00757F6D" w:rsidRPr="001235FD">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00793930">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001235FD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00793930">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>прийнята до друку  2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>опублікована  27.06.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B9FBE17" w14:textId="77777777" w:rsidR="00A03D3A" w:rsidRPr="003E788C" w:rsidRDefault="00A03D3A" w:rsidP="00A03D3A">
+    <w:p w14:paraId="3487C266" w14:textId="3846BC09" w:rsidR="007C7B3E" w:rsidRPr="003E788C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:after="29"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A4C47B4" w14:textId="77777777" w:rsidR="00A03D3A" w:rsidRPr="001235FD" w:rsidRDefault="00A03D3A" w:rsidP="00A03D3A">
+    <w:p w14:paraId="5739915B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:color w:val="00000A"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:color w:val="00000A"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Відомості про авторів:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B67ABF1" w14:textId="5E0509D0" w:rsidR="00A03D3A" w:rsidRPr="001235FD" w:rsidRDefault="00A03D3A" w:rsidP="00647B6F">
+    <w:p w14:paraId="568A22C7" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Свид Ірина Вікторівна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – кандидат технічних наук, доцент, </w:t>
       </w:r>
-      <w:r w:rsidR="00793930">
+      <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>професор кафедри комп’ютерної інженерії та електроніки</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00793930" w:rsidRPr="00793930">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Україна; email: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793930">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>арпатський національний університет імені Василя Стефаника</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Vasyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Stefanyk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Carpathian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>National</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A682C">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Україна; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00793930" w:rsidRPr="00042834">
+        <w:r w:rsidRPr="009A682C">
           <w:rPr>
             <w:rStyle w:val="af5"/>
+            <w:lang w:val="uk-UA"/>
           </w:rPr>
-          <w:t>iryna.svyd@pnu.edu.ua</w:t>
+          <w:t>iryna.svyd@cnu.edu.ua</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">; ORCID: </w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0002-4635-6542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="333C1797" w14:textId="77777777" w:rsidR="00647B6F" w:rsidRPr="001235FD" w:rsidRDefault="00531742" w:rsidP="00647B6F">
+    <w:p w14:paraId="0C651A84" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Ігнатюк Іван Валентинович</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Харківський національний університет радіоелектроніки, Україна; email: </w:t>
+        <w:t>Ігнатюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Іван Валентинович</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – магістрант кафедри мікропроцесорних технологій і систем, Харківський національний університет радіоелектроніки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B0212">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kharkiv National University of Radio Electronics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Україна; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ivan</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ihnatiuk</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>nure</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00647B6F" w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">; ORCID: </w:t>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidR="00C14B12" w:rsidRPr="001235FD">
+        <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0005-1988-543X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2361C9EF" w14:textId="6C64D258" w:rsidR="00A03D3A" w:rsidRDefault="00647B6F" w:rsidP="00A03D3A">
+    <w:p w14:paraId="1DB6F4D9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Шуніборов Олег Дмитрович</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Харківський національний університет радіоелектроніки, Україна; email: </w:t>
+        <w:t>Шуніборов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олег Дмитрович</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – магістрант кафедри мікропроцесорних технологій і систем, Харківський національний університет радіоелектроніки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B0212">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kharkiv National University of Radio Electronics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Україна; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>oleh</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>shuniborov</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>nure</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00465DEC" w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">; ORCID: </w:t>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidR="0081120D" w:rsidRPr="001235FD">
+        <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0007-0352-0027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72E675AC" w14:textId="2156760D" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="0EDBF9D5" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CFB9523" w14:textId="2A950CF9" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="280C216B" w14:textId="7595F039" w:rsidR="007C7B3E" w:rsidRPr="00075ABF" w:rsidRDefault="00075ABF" w:rsidP="00075ABF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Стаття поширюється на ум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вах ліцензії </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Attribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0048109C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00075ABF">
+        <w:rPr>
+          <w:rStyle w:val="af6"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="636"/>
+        <w:gridCol w:w="967"/>
+        <w:gridCol w:w="3805"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0048109C" w:rsidRPr="001B15D7" w14:paraId="568EDACB" w14:textId="1563086A" w:rsidTr="0048109C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B238650" w14:textId="77777777" w:rsidR="0048109C" w:rsidRPr="001B15D7" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict w14:anchorId="645F5FEE">
+                <v:shape id="_x0000_i1053" type="#_x0000_t75" alt="undefined" style="width:14.25pt;height:14.25pt">
+                  <v:imagedata r:id="rId40" r:href="rId41"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:pict w14:anchorId="39F01A08">
+                <v:shape id="_x0000_i1054" type="#_x0000_t75" alt="undefined" style="width:14.25pt;height:14.25pt">
+                  <v:imagedata r:id="rId42" r:href="rId43"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE48A00" w14:textId="77777777" w:rsidR="0048109C" w:rsidRPr="001B15D7" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B15D7">
+              <w:rPr>
+                <w:rStyle w:val="tool-identifier"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>CC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BY </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075ABF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13467CCA" w14:textId="125C7ACC" w:rsidR="0048109C" w:rsidRPr="0048109C" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="tool-identifier"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="0048109C">
+                <w:rPr>
+                  <w:rStyle w:val="af5"/>
+                  <w:lang w:val="uk-UA"/>
+                </w:rPr>
+                <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="746AD2D2" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331F7B35" w14:textId="59C6766C" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="75D34C98" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB9E2BB" w14:textId="4F3BDD13" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="462E64FF" w14:textId="0E82FFF1" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="469D0422" w14:textId="10B46B37" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="52A17826" w14:textId="77777777" w:rsidR="00075ABF" w:rsidRDefault="00075ABF" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7481CECE" w14:textId="32E7AD06" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
-[...29 lines deleted...]
-    <w:p w14:paraId="7AF68928" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="7CE55530" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
           <w:tab w:val="left" w:pos="584"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>UDC 621.396.96</w:t>
+        <w:t>UDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 621.396.96</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF8CB00" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="05020861" w14:textId="0620D977" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evaluation of the quality of radar information of dependent cooperative surveillance systems</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I.V. Svyd</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I.V.</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ignatyuk, O.D. Shuniborov</w:t>
-      </w:r>
+        <w:t>Ignatyuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, O.D. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Shuniborov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>// Information Technologies and Engineering Electronics</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
+      <w:r w:rsidR="008C17DF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>5</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. №</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C17DF">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. №</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. P. 00</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0990A86E" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="3A08211E" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The work demonstrates that cooperative surveillance </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9A26E2" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="64EB585C" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Key words:</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>radar system; information; estimation; quality; cooperative system; dependent observation; aircraft; signal; detection probability; coordinate information</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>integrity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD251F0" w14:textId="413981F2" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="33A9A0CF" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E6382A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> fig. </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ref: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> items.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389E59FA" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="0D8AE172" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
           <w:tab w:val="left" w:pos="584"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DEE93FA" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="23F78764" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
           <w:tab w:val="left" w:pos="584"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">УДК </w:t>
-      </w:r>
+        <w:t>УДК</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>621.396.96</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AFB497" w14:textId="4BE576CD" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="6A11CAE9" w14:textId="5083AA62" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Оцінка якості радіолокаційної інформації систем залежного кооперативного спостереження</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">І.В. Свид, І.В. Ігнатюк, О.Д. Шуніборов  </w:t>
-      </w:r>
+        <w:t>І.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Свид, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І.В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ігнатюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>О.Д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Шуніборов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">// </w:t>
       </w:r>
-      <w:r w:rsidR="00F20D53" w:rsidRPr="00F20D53">
+      <w:r w:rsidRPr="00F20D53">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Інформаційні технології та інженерна електроніка</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:caps/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>. 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F20D53">
+      <w:r w:rsidR="008C17DF">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:caps/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>5</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:caps/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Вип. 1. C.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F20D53">
+        <w:t>Вип</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008C17DF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. C.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>00 – 00</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:caps/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AFC55E" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="47A246B4" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У роботі показано, що залежні кооперативні системи спостереження …….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1933900D" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="377F3D1C" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ключові слова:</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> радіолокаційна система; інформація; оцінка; якість; кооперативна система; залежне спостереження; повітряне судно; сигнал; ймовірність виявлення; координатна інформація; цілісність.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2A0196" w14:textId="2F4274D5" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="27582D38" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00551F8A">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Іл. </w:t>
+        <w:t>Іл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00551F8A">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00551F8A">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бібліогр.: </w:t>
+        <w:t>Бібліогр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> назв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688BC08A" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="00782230" w:rsidRDefault="006B71CF" w:rsidP="006B71CF">
+    <w:p w14:paraId="7CCB9335" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="576CC40E" w14:textId="02AA261B" w:rsidR="006B71CF" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="28DB5E9A" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54848531" w14:textId="77777777" w:rsidR="006B71CF" w:rsidRPr="001235FD" w:rsidRDefault="006B71CF" w:rsidP="00A03D3A">
+    <w:p w14:paraId="02C907A6" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006B71CF" w:rsidRPr="001235FD" w:rsidSect="00006E31">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId41"/>
+    <w:sectPr w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidSect="00006E31">
+      <w:footerReference w:type="even" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId46"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1418" w:left="1134" w:header="0" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="17"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0220">
       <wne:acd wne:acdName="acd0"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:acdManifest>
       <wne:acdEntry wne:acdName="acd0"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:argValue="AgAgBEIEIAAxADUANQAgABcEPQQwBDoE" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42CF0402" w14:textId="77777777" w:rsidR="0039545B" w:rsidRDefault="0039545B">
+    <w:p w14:paraId="78430B69" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B2DA5C7" w14:textId="77777777" w:rsidR="0039545B" w:rsidRDefault="0039545B">
+    <w:p w14:paraId="5589214B" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2965,87 +4877,86 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesET">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AKFDDE+TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nimbus Roman No9 L">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E7000EFF" w:usb1="5200FDFF" w:usb2="0A042021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Academy Ho">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000207" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000017" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SchoolBook">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
@@ -3057,293 +4968,385 @@
   <w:font w:name="Nimbus Sans L">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="395BF02C" w14:textId="77777777" w:rsidR="006B1C6C" w:rsidRPr="00006E31" w:rsidRDefault="006B1C6C" w:rsidP="009A6593">
+  <w:p w14:paraId="395BF02C" w14:textId="77777777" w:rsidR="006B1C6C" w:rsidRPr="00006E31" w:rsidRDefault="006B1C6C" w:rsidP="00455866">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="outside" w:y="1"/>
+      <w:spacing w:before="120"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00853245">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>170</w:t>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1719A666" w14:textId="2FDC44F4" w:rsidR="006B1C6C" w:rsidRPr="00D56145" w:rsidRDefault="00006E31" w:rsidP="00B42BB4">
+  <w:p w14:paraId="1719A666" w14:textId="27088E8F" w:rsidR="006B1C6C" w:rsidRPr="00D56145" w:rsidRDefault="00006E31" w:rsidP="00455866">
     <w:pPr>
       <w:pStyle w:val="a8"/>
+      <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F278E9">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Information Technologies and Engineering Electronics No. 1 (2025)</w:t>
+      <w:t xml:space="preserve">Information Technologies and Engineering Electronics No. </w:t>
+    </w:r>
+    <w:r w:rsidR="007C7B3E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F278E9">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (202</w:t>
+    </w:r>
+    <w:r w:rsidR="007C7B3E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F278E9">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4E11456F" w14:textId="1882CF0B" w:rsidR="006B1C6C" w:rsidRPr="00D56145" w:rsidRDefault="006B1C6C" w:rsidP="00B42BB4">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E325917" w14:textId="77777777" w:rsidR="006B1C6C" w:rsidRPr="00006E31" w:rsidRDefault="006B1C6C" w:rsidP="009A6593">
+  <w:p w14:paraId="5E325917" w14:textId="77777777" w:rsidR="006B1C6C" w:rsidRPr="00006E31" w:rsidRDefault="006B1C6C" w:rsidP="00455866">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="outside" w:y="1"/>
+      <w:spacing w:before="120"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00303DEE">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>165</w:t>
     </w:r>
     <w:r w:rsidRPr="007A495A">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4C90A278" w14:textId="52B11406" w:rsidR="006B1C6C" w:rsidRPr="0046108C" w:rsidRDefault="00006E31" w:rsidP="001D00CF">
+  <w:p w14:paraId="4C90A278" w14:textId="341D6A18" w:rsidR="006B1C6C" w:rsidRPr="0046108C" w:rsidRDefault="00006E31" w:rsidP="00455866">
     <w:pPr>
       <w:pStyle w:val="a8"/>
+      <w:spacing w:before="120"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F278E9">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Information Technologies and Engineering Electronics No. 1 (2025)</w:t>
+      <w:t xml:space="preserve">Information Technologies and Engineering Electronics No. </w:t>
+    </w:r>
+    <w:r w:rsidR="007C7B3E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F278E9">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (202</w:t>
+    </w:r>
+    <w:r w:rsidR="007C7B3E">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F278E9">
+      <w:rPr>
+        <w:rStyle w:val="aa"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="63B5AAA3" w14:textId="68525E22" w:rsidR="006B1C6C" w:rsidRPr="0046108C" w:rsidRDefault="006B1C6C" w:rsidP="001D00CF">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D4E31C1" w14:textId="77777777" w:rsidR="0039545B" w:rsidRDefault="0039545B">
+    <w:p w14:paraId="791B2992" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DD34B69" w14:textId="77777777" w:rsidR="0039545B" w:rsidRDefault="0039545B">
+    <w:p w14:paraId="6001FBC9" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1642" type="#_x0000_t75" style="width:20.4pt;height:24.6pt" o:bullet="t">
+      <v:shape id="_x0000_i1446" type="#_x0000_t75" style="width:20.25pt;height:24.75pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1643" type="#_x0000_t75" style="width:25.2pt;height:9pt" o:bullet="t">
+      <v:shape id="_x0000_i1447" type="#_x0000_t75" style="width:25.9pt;height:9pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="322A05F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -8017,52 +10020,53 @@
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="160"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="312"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
@@ -8156,50 +10160,51 @@
     <w:rsid w:val="000541D0"/>
     <w:rsid w:val="00054BDB"/>
     <w:rsid w:val="00055D48"/>
     <w:rsid w:val="000568E0"/>
     <w:rsid w:val="00057B9F"/>
     <w:rsid w:val="000612CA"/>
     <w:rsid w:val="00061938"/>
     <w:rsid w:val="00061976"/>
     <w:rsid w:val="00061F7C"/>
     <w:rsid w:val="00063815"/>
     <w:rsid w:val="0006444C"/>
     <w:rsid w:val="0006518E"/>
     <w:rsid w:val="000651F6"/>
     <w:rsid w:val="00065539"/>
     <w:rsid w:val="000658FB"/>
     <w:rsid w:val="0006676E"/>
     <w:rsid w:val="00066EA9"/>
     <w:rsid w:val="00067713"/>
     <w:rsid w:val="00071473"/>
     <w:rsid w:val="00073026"/>
     <w:rsid w:val="00073AF6"/>
     <w:rsid w:val="00073E21"/>
     <w:rsid w:val="000744DC"/>
     <w:rsid w:val="000749F8"/>
     <w:rsid w:val="000754FE"/>
+    <w:rsid w:val="00075ABF"/>
     <w:rsid w:val="00075F77"/>
     <w:rsid w:val="00076137"/>
     <w:rsid w:val="00076FFF"/>
     <w:rsid w:val="0008037A"/>
     <w:rsid w:val="00080790"/>
     <w:rsid w:val="00083964"/>
     <w:rsid w:val="00086C58"/>
     <w:rsid w:val="00087101"/>
     <w:rsid w:val="00090026"/>
     <w:rsid w:val="00090116"/>
     <w:rsid w:val="00090AEA"/>
     <w:rsid w:val="00092475"/>
     <w:rsid w:val="00093821"/>
     <w:rsid w:val="000941E0"/>
     <w:rsid w:val="00096A83"/>
     <w:rsid w:val="000A0689"/>
     <w:rsid w:val="000A195D"/>
     <w:rsid w:val="000A2809"/>
     <w:rsid w:val="000A2D6C"/>
     <w:rsid w:val="000A2EC9"/>
     <w:rsid w:val="000A3DE7"/>
     <w:rsid w:val="000A3F3F"/>
     <w:rsid w:val="000A4247"/>
     <w:rsid w:val="000A5C5E"/>
     <w:rsid w:val="000A685E"/>
@@ -8374,50 +10379,51 @@
     <w:rsid w:val="0018780D"/>
     <w:rsid w:val="00190677"/>
     <w:rsid w:val="00192F95"/>
     <w:rsid w:val="00193810"/>
     <w:rsid w:val="00193B63"/>
     <w:rsid w:val="001948A2"/>
     <w:rsid w:val="00195AFF"/>
     <w:rsid w:val="001963D6"/>
     <w:rsid w:val="0019743D"/>
     <w:rsid w:val="00197753"/>
     <w:rsid w:val="001977F3"/>
     <w:rsid w:val="001A0923"/>
     <w:rsid w:val="001A0D6E"/>
     <w:rsid w:val="001A21C5"/>
     <w:rsid w:val="001A238D"/>
     <w:rsid w:val="001A2564"/>
     <w:rsid w:val="001A3A58"/>
     <w:rsid w:val="001A4A6B"/>
     <w:rsid w:val="001A6741"/>
     <w:rsid w:val="001A678E"/>
     <w:rsid w:val="001A6A34"/>
     <w:rsid w:val="001A7546"/>
     <w:rsid w:val="001B0A84"/>
     <w:rsid w:val="001B101A"/>
     <w:rsid w:val="001B1230"/>
+    <w:rsid w:val="001B15D7"/>
     <w:rsid w:val="001B1D88"/>
     <w:rsid w:val="001B3276"/>
     <w:rsid w:val="001B3F66"/>
     <w:rsid w:val="001B58C2"/>
     <w:rsid w:val="001B71F4"/>
     <w:rsid w:val="001B77D5"/>
     <w:rsid w:val="001C0DE0"/>
     <w:rsid w:val="001C14D4"/>
     <w:rsid w:val="001C1567"/>
     <w:rsid w:val="001C15D4"/>
     <w:rsid w:val="001C2D29"/>
     <w:rsid w:val="001C2D5F"/>
     <w:rsid w:val="001C3FF8"/>
     <w:rsid w:val="001C40D7"/>
     <w:rsid w:val="001C4AE5"/>
     <w:rsid w:val="001C5797"/>
     <w:rsid w:val="001C5E1A"/>
     <w:rsid w:val="001C60D6"/>
     <w:rsid w:val="001C67A7"/>
     <w:rsid w:val="001D00CF"/>
     <w:rsid w:val="001D3619"/>
     <w:rsid w:val="001D438A"/>
     <w:rsid w:val="001D44E5"/>
     <w:rsid w:val="001D4C40"/>
     <w:rsid w:val="001D5EF5"/>
@@ -8495,50 +10501,51 @@
     <w:rsid w:val="00227289"/>
     <w:rsid w:val="002313B0"/>
     <w:rsid w:val="00232E97"/>
     <w:rsid w:val="00234948"/>
     <w:rsid w:val="0023546D"/>
     <w:rsid w:val="00235703"/>
     <w:rsid w:val="00236149"/>
     <w:rsid w:val="00237556"/>
     <w:rsid w:val="00237D24"/>
     <w:rsid w:val="002405CC"/>
     <w:rsid w:val="00240A7B"/>
     <w:rsid w:val="00240F6B"/>
     <w:rsid w:val="002417A4"/>
     <w:rsid w:val="002419C1"/>
     <w:rsid w:val="00242604"/>
     <w:rsid w:val="002428D0"/>
     <w:rsid w:val="0024328B"/>
     <w:rsid w:val="0024553B"/>
     <w:rsid w:val="00245A36"/>
     <w:rsid w:val="00246ED0"/>
     <w:rsid w:val="0024716E"/>
     <w:rsid w:val="002475F3"/>
     <w:rsid w:val="00247630"/>
     <w:rsid w:val="002509E1"/>
     <w:rsid w:val="0025123C"/>
+    <w:rsid w:val="00251892"/>
     <w:rsid w:val="00252430"/>
     <w:rsid w:val="0025251B"/>
     <w:rsid w:val="002529F3"/>
     <w:rsid w:val="00252AE1"/>
     <w:rsid w:val="00253075"/>
     <w:rsid w:val="002542FA"/>
     <w:rsid w:val="00254577"/>
     <w:rsid w:val="00255849"/>
     <w:rsid w:val="002558C0"/>
     <w:rsid w:val="00256D12"/>
     <w:rsid w:val="0025711C"/>
     <w:rsid w:val="00257393"/>
     <w:rsid w:val="002601B4"/>
     <w:rsid w:val="00260EFE"/>
     <w:rsid w:val="00261734"/>
     <w:rsid w:val="00261E5A"/>
     <w:rsid w:val="00262019"/>
     <w:rsid w:val="0026258D"/>
     <w:rsid w:val="002628A8"/>
     <w:rsid w:val="00264333"/>
     <w:rsid w:val="00264CAF"/>
     <w:rsid w:val="002659A7"/>
     <w:rsid w:val="00265CDB"/>
     <w:rsid w:val="00265E3A"/>
     <w:rsid w:val="002668D5"/>
@@ -8934,86 +10941,88 @@
     <w:rsid w:val="00437A2A"/>
     <w:rsid w:val="00437FD9"/>
     <w:rsid w:val="004407FD"/>
     <w:rsid w:val="004412B2"/>
     <w:rsid w:val="00441F6E"/>
     <w:rsid w:val="00443D0C"/>
     <w:rsid w:val="0044404C"/>
     <w:rsid w:val="00444326"/>
     <w:rsid w:val="0044533D"/>
     <w:rsid w:val="004454A1"/>
     <w:rsid w:val="0044694E"/>
     <w:rsid w:val="004479F2"/>
     <w:rsid w:val="00450239"/>
     <w:rsid w:val="00450427"/>
     <w:rsid w:val="004513C9"/>
     <w:rsid w:val="004519B7"/>
     <w:rsid w:val="004520BE"/>
     <w:rsid w:val="00452AC9"/>
     <w:rsid w:val="004530BE"/>
     <w:rsid w:val="0045310D"/>
     <w:rsid w:val="00453776"/>
     <w:rsid w:val="00454966"/>
     <w:rsid w:val="004549A1"/>
     <w:rsid w:val="00454ABE"/>
     <w:rsid w:val="00454C79"/>
+    <w:rsid w:val="00455866"/>
     <w:rsid w:val="004558A0"/>
     <w:rsid w:val="00455D63"/>
     <w:rsid w:val="0045617E"/>
     <w:rsid w:val="004567C2"/>
     <w:rsid w:val="00457EA4"/>
     <w:rsid w:val="0046068B"/>
     <w:rsid w:val="004607CC"/>
     <w:rsid w:val="00460B8A"/>
     <w:rsid w:val="00460D60"/>
     <w:rsid w:val="0046108C"/>
     <w:rsid w:val="0046147A"/>
     <w:rsid w:val="00461D0D"/>
     <w:rsid w:val="00462482"/>
     <w:rsid w:val="004630D6"/>
     <w:rsid w:val="00463495"/>
     <w:rsid w:val="0046386B"/>
     <w:rsid w:val="00463C61"/>
     <w:rsid w:val="00464305"/>
     <w:rsid w:val="00465AE7"/>
     <w:rsid w:val="00465DEC"/>
     <w:rsid w:val="004662F4"/>
     <w:rsid w:val="00467E86"/>
     <w:rsid w:val="00470750"/>
     <w:rsid w:val="0047199D"/>
     <w:rsid w:val="00471C42"/>
     <w:rsid w:val="00472F97"/>
     <w:rsid w:val="00473E95"/>
     <w:rsid w:val="0047425A"/>
     <w:rsid w:val="00475BFA"/>
     <w:rsid w:val="0047615A"/>
     <w:rsid w:val="00476C78"/>
     <w:rsid w:val="00477060"/>
     <w:rsid w:val="0047739D"/>
     <w:rsid w:val="004800A5"/>
     <w:rsid w:val="004802DA"/>
     <w:rsid w:val="00480974"/>
+    <w:rsid w:val="0048109C"/>
     <w:rsid w:val="00481243"/>
     <w:rsid w:val="004826F8"/>
     <w:rsid w:val="00483262"/>
     <w:rsid w:val="0048462C"/>
     <w:rsid w:val="00485E6F"/>
     <w:rsid w:val="004867BD"/>
     <w:rsid w:val="0048717D"/>
     <w:rsid w:val="004871C9"/>
     <w:rsid w:val="00487279"/>
     <w:rsid w:val="004874FB"/>
     <w:rsid w:val="00487AF8"/>
     <w:rsid w:val="004900A5"/>
     <w:rsid w:val="0049125C"/>
     <w:rsid w:val="00491F41"/>
     <w:rsid w:val="00493054"/>
     <w:rsid w:val="004938BB"/>
     <w:rsid w:val="00493B19"/>
     <w:rsid w:val="00493DF7"/>
     <w:rsid w:val="00494A43"/>
     <w:rsid w:val="0049593F"/>
     <w:rsid w:val="0049597D"/>
     <w:rsid w:val="00495F7B"/>
     <w:rsid w:val="00496774"/>
     <w:rsid w:val="004976B6"/>
     <w:rsid w:val="00497EED"/>
@@ -9426,50 +11435,51 @@
     <w:rsid w:val="006E5BC4"/>
     <w:rsid w:val="006E5E11"/>
     <w:rsid w:val="006E6D3A"/>
     <w:rsid w:val="006E737E"/>
     <w:rsid w:val="006F06FA"/>
     <w:rsid w:val="006F0D05"/>
     <w:rsid w:val="006F35D7"/>
     <w:rsid w:val="006F3DF6"/>
     <w:rsid w:val="006F4577"/>
     <w:rsid w:val="006F4CB0"/>
     <w:rsid w:val="006F5EED"/>
     <w:rsid w:val="006F6B34"/>
     <w:rsid w:val="006F74C2"/>
     <w:rsid w:val="007004DA"/>
     <w:rsid w:val="00700F11"/>
     <w:rsid w:val="00702242"/>
     <w:rsid w:val="00703635"/>
     <w:rsid w:val="00703A8B"/>
     <w:rsid w:val="00704407"/>
     <w:rsid w:val="00704C80"/>
     <w:rsid w:val="00705317"/>
     <w:rsid w:val="00706B52"/>
     <w:rsid w:val="00706E84"/>
     <w:rsid w:val="00706EED"/>
     <w:rsid w:val="0070701E"/>
+    <w:rsid w:val="00707A8D"/>
     <w:rsid w:val="00707C43"/>
     <w:rsid w:val="007100E7"/>
     <w:rsid w:val="007105B5"/>
     <w:rsid w:val="00711D70"/>
     <w:rsid w:val="00712479"/>
     <w:rsid w:val="00712C2A"/>
     <w:rsid w:val="00713295"/>
     <w:rsid w:val="007149C4"/>
     <w:rsid w:val="007154A2"/>
     <w:rsid w:val="00716F4B"/>
     <w:rsid w:val="00717915"/>
     <w:rsid w:val="00717A1B"/>
     <w:rsid w:val="00717D3F"/>
     <w:rsid w:val="0072066D"/>
     <w:rsid w:val="00720C39"/>
     <w:rsid w:val="00721AA2"/>
     <w:rsid w:val="00722EB9"/>
     <w:rsid w:val="00723C7E"/>
     <w:rsid w:val="007267E5"/>
     <w:rsid w:val="00726FF8"/>
     <w:rsid w:val="00727FAF"/>
     <w:rsid w:val="00730625"/>
     <w:rsid w:val="007314CA"/>
     <w:rsid w:val="00731FD5"/>
     <w:rsid w:val="00733E4A"/>
@@ -9569,68 +11579,70 @@
     <w:rsid w:val="007B162A"/>
     <w:rsid w:val="007B1C64"/>
     <w:rsid w:val="007B1EAB"/>
     <w:rsid w:val="007B225E"/>
     <w:rsid w:val="007B44AA"/>
     <w:rsid w:val="007B494A"/>
     <w:rsid w:val="007B4B97"/>
     <w:rsid w:val="007B6346"/>
     <w:rsid w:val="007B6516"/>
     <w:rsid w:val="007B6623"/>
     <w:rsid w:val="007B6735"/>
     <w:rsid w:val="007B6CFD"/>
     <w:rsid w:val="007B7B93"/>
     <w:rsid w:val="007C00E0"/>
     <w:rsid w:val="007C05AF"/>
     <w:rsid w:val="007C060D"/>
     <w:rsid w:val="007C1816"/>
     <w:rsid w:val="007C1941"/>
     <w:rsid w:val="007C1BBE"/>
     <w:rsid w:val="007C28D9"/>
     <w:rsid w:val="007C2FEB"/>
     <w:rsid w:val="007C39F3"/>
     <w:rsid w:val="007C3BD4"/>
     <w:rsid w:val="007C5CBA"/>
     <w:rsid w:val="007C7726"/>
+    <w:rsid w:val="007C7B3E"/>
     <w:rsid w:val="007D1B6A"/>
     <w:rsid w:val="007D2016"/>
     <w:rsid w:val="007D278D"/>
     <w:rsid w:val="007D287D"/>
     <w:rsid w:val="007D29BA"/>
     <w:rsid w:val="007D2D4C"/>
     <w:rsid w:val="007D30A9"/>
     <w:rsid w:val="007D394D"/>
     <w:rsid w:val="007D3C4C"/>
     <w:rsid w:val="007D456D"/>
     <w:rsid w:val="007D4808"/>
     <w:rsid w:val="007D4877"/>
     <w:rsid w:val="007D4F9A"/>
     <w:rsid w:val="007D563F"/>
     <w:rsid w:val="007D6445"/>
     <w:rsid w:val="007D69FD"/>
     <w:rsid w:val="007D6D1F"/>
     <w:rsid w:val="007D7727"/>
+    <w:rsid w:val="007E0B88"/>
     <w:rsid w:val="007E0CF4"/>
     <w:rsid w:val="007E0DF9"/>
     <w:rsid w:val="007E15BA"/>
     <w:rsid w:val="007E1840"/>
     <w:rsid w:val="007E1CE9"/>
     <w:rsid w:val="007E2126"/>
     <w:rsid w:val="007E234A"/>
     <w:rsid w:val="007E3B0B"/>
     <w:rsid w:val="007E4252"/>
     <w:rsid w:val="007E4E40"/>
     <w:rsid w:val="007E54F0"/>
     <w:rsid w:val="007E5899"/>
     <w:rsid w:val="007E5D0D"/>
     <w:rsid w:val="007E6280"/>
     <w:rsid w:val="007F0A98"/>
     <w:rsid w:val="007F14F3"/>
     <w:rsid w:val="007F23A0"/>
     <w:rsid w:val="007F2BF4"/>
     <w:rsid w:val="007F3619"/>
     <w:rsid w:val="007F38A2"/>
     <w:rsid w:val="007F3A56"/>
     <w:rsid w:val="007F5230"/>
     <w:rsid w:val="007F5379"/>
     <w:rsid w:val="007F63E3"/>
     <w:rsid w:val="007F6675"/>
@@ -9755,50 +11767,51 @@
     <w:rsid w:val="008946DD"/>
     <w:rsid w:val="00894733"/>
     <w:rsid w:val="00895297"/>
     <w:rsid w:val="00895824"/>
     <w:rsid w:val="00895A5D"/>
     <w:rsid w:val="00895C84"/>
     <w:rsid w:val="00895D14"/>
     <w:rsid w:val="008979ED"/>
     <w:rsid w:val="008A0091"/>
     <w:rsid w:val="008A118E"/>
     <w:rsid w:val="008A2401"/>
     <w:rsid w:val="008A2689"/>
     <w:rsid w:val="008A2E29"/>
     <w:rsid w:val="008A5C2B"/>
     <w:rsid w:val="008A6A3E"/>
     <w:rsid w:val="008A73B5"/>
     <w:rsid w:val="008A788B"/>
     <w:rsid w:val="008B031B"/>
     <w:rsid w:val="008B0395"/>
     <w:rsid w:val="008B2CE8"/>
     <w:rsid w:val="008B4230"/>
     <w:rsid w:val="008B4485"/>
     <w:rsid w:val="008B6F22"/>
     <w:rsid w:val="008B726C"/>
     <w:rsid w:val="008B737E"/>
+    <w:rsid w:val="008C17DF"/>
     <w:rsid w:val="008C2962"/>
     <w:rsid w:val="008C355E"/>
     <w:rsid w:val="008C3FA4"/>
     <w:rsid w:val="008C4949"/>
     <w:rsid w:val="008C4AF0"/>
     <w:rsid w:val="008C4C17"/>
     <w:rsid w:val="008C6B94"/>
     <w:rsid w:val="008C6BEE"/>
     <w:rsid w:val="008C7654"/>
     <w:rsid w:val="008C79A4"/>
     <w:rsid w:val="008D0533"/>
     <w:rsid w:val="008D084B"/>
     <w:rsid w:val="008D145F"/>
     <w:rsid w:val="008D157F"/>
     <w:rsid w:val="008D3886"/>
     <w:rsid w:val="008D3B78"/>
     <w:rsid w:val="008D4247"/>
     <w:rsid w:val="008D450D"/>
     <w:rsid w:val="008D4A15"/>
     <w:rsid w:val="008D4BFE"/>
     <w:rsid w:val="008D5C58"/>
     <w:rsid w:val="008D60E7"/>
     <w:rsid w:val="008D73DB"/>
     <w:rsid w:val="008D768C"/>
     <w:rsid w:val="008D7DDE"/>
@@ -9971,102 +11984,105 @@
     <w:rsid w:val="009B557E"/>
     <w:rsid w:val="009B5890"/>
     <w:rsid w:val="009B5DAC"/>
     <w:rsid w:val="009B5E03"/>
     <w:rsid w:val="009B5E9D"/>
     <w:rsid w:val="009B695C"/>
     <w:rsid w:val="009B6E0D"/>
     <w:rsid w:val="009B6E20"/>
     <w:rsid w:val="009B74FE"/>
     <w:rsid w:val="009C00AF"/>
     <w:rsid w:val="009C048A"/>
     <w:rsid w:val="009C0E8F"/>
     <w:rsid w:val="009C0F76"/>
     <w:rsid w:val="009C1A42"/>
     <w:rsid w:val="009C2925"/>
     <w:rsid w:val="009C31E3"/>
     <w:rsid w:val="009C430A"/>
     <w:rsid w:val="009C526E"/>
     <w:rsid w:val="009C5322"/>
     <w:rsid w:val="009C5DCF"/>
     <w:rsid w:val="009C7AFF"/>
     <w:rsid w:val="009C7CFC"/>
     <w:rsid w:val="009D3AB9"/>
     <w:rsid w:val="009D3EA5"/>
     <w:rsid w:val="009D47FC"/>
+    <w:rsid w:val="009D532D"/>
     <w:rsid w:val="009D63C9"/>
     <w:rsid w:val="009D738C"/>
     <w:rsid w:val="009E017B"/>
     <w:rsid w:val="009E15B9"/>
     <w:rsid w:val="009E2682"/>
     <w:rsid w:val="009E2FAB"/>
     <w:rsid w:val="009E394E"/>
     <w:rsid w:val="009E40AD"/>
     <w:rsid w:val="009E4AED"/>
     <w:rsid w:val="009E4B59"/>
     <w:rsid w:val="009E4DD5"/>
     <w:rsid w:val="009E54C5"/>
     <w:rsid w:val="009E572A"/>
     <w:rsid w:val="009E67D9"/>
     <w:rsid w:val="009E6FB6"/>
     <w:rsid w:val="009F01D1"/>
     <w:rsid w:val="009F0650"/>
     <w:rsid w:val="009F1F0C"/>
     <w:rsid w:val="009F2373"/>
     <w:rsid w:val="009F2417"/>
     <w:rsid w:val="009F33C4"/>
     <w:rsid w:val="009F549A"/>
     <w:rsid w:val="009F6AD3"/>
     <w:rsid w:val="009F7C74"/>
+    <w:rsid w:val="00A0067A"/>
     <w:rsid w:val="00A016DF"/>
     <w:rsid w:val="00A01802"/>
     <w:rsid w:val="00A02035"/>
     <w:rsid w:val="00A0329D"/>
     <w:rsid w:val="00A038CA"/>
     <w:rsid w:val="00A03D3A"/>
     <w:rsid w:val="00A05DA8"/>
     <w:rsid w:val="00A06DCA"/>
     <w:rsid w:val="00A06DE0"/>
     <w:rsid w:val="00A07011"/>
     <w:rsid w:val="00A07853"/>
     <w:rsid w:val="00A07BAF"/>
     <w:rsid w:val="00A101A3"/>
     <w:rsid w:val="00A10D5E"/>
     <w:rsid w:val="00A12557"/>
     <w:rsid w:val="00A138BA"/>
     <w:rsid w:val="00A13912"/>
     <w:rsid w:val="00A144CF"/>
     <w:rsid w:val="00A14B8A"/>
     <w:rsid w:val="00A164A3"/>
     <w:rsid w:val="00A16B52"/>
     <w:rsid w:val="00A173F7"/>
     <w:rsid w:val="00A1749A"/>
     <w:rsid w:val="00A208A9"/>
     <w:rsid w:val="00A208E2"/>
     <w:rsid w:val="00A23448"/>
     <w:rsid w:val="00A23C8E"/>
     <w:rsid w:val="00A24E4D"/>
+    <w:rsid w:val="00A25251"/>
     <w:rsid w:val="00A25E25"/>
     <w:rsid w:val="00A26736"/>
     <w:rsid w:val="00A27840"/>
     <w:rsid w:val="00A30344"/>
     <w:rsid w:val="00A30B09"/>
     <w:rsid w:val="00A3135A"/>
     <w:rsid w:val="00A31B74"/>
     <w:rsid w:val="00A3264C"/>
     <w:rsid w:val="00A3429C"/>
     <w:rsid w:val="00A35013"/>
     <w:rsid w:val="00A35727"/>
     <w:rsid w:val="00A35EAD"/>
     <w:rsid w:val="00A36198"/>
     <w:rsid w:val="00A36AA5"/>
     <w:rsid w:val="00A37DCE"/>
     <w:rsid w:val="00A40E4B"/>
     <w:rsid w:val="00A40E96"/>
     <w:rsid w:val="00A41E65"/>
     <w:rsid w:val="00A428E6"/>
     <w:rsid w:val="00A44BDC"/>
     <w:rsid w:val="00A4599B"/>
     <w:rsid w:val="00A46CFB"/>
     <w:rsid w:val="00A46E17"/>
     <w:rsid w:val="00A4741C"/>
     <w:rsid w:val="00A47C66"/>
@@ -10237,83 +12253,85 @@
     <w:rsid w:val="00B20D76"/>
     <w:rsid w:val="00B21462"/>
     <w:rsid w:val="00B21A44"/>
     <w:rsid w:val="00B21AE3"/>
     <w:rsid w:val="00B224FE"/>
     <w:rsid w:val="00B22606"/>
     <w:rsid w:val="00B229E0"/>
     <w:rsid w:val="00B247FB"/>
     <w:rsid w:val="00B24AB0"/>
     <w:rsid w:val="00B25E5C"/>
     <w:rsid w:val="00B27F4D"/>
     <w:rsid w:val="00B31378"/>
     <w:rsid w:val="00B314AF"/>
     <w:rsid w:val="00B31BE1"/>
     <w:rsid w:val="00B32E71"/>
     <w:rsid w:val="00B35A3A"/>
     <w:rsid w:val="00B36489"/>
     <w:rsid w:val="00B368A1"/>
     <w:rsid w:val="00B36D68"/>
     <w:rsid w:val="00B36E64"/>
     <w:rsid w:val="00B36EEC"/>
     <w:rsid w:val="00B375B2"/>
     <w:rsid w:val="00B4023A"/>
     <w:rsid w:val="00B40AB9"/>
     <w:rsid w:val="00B40B1D"/>
+    <w:rsid w:val="00B40B2A"/>
     <w:rsid w:val="00B4287C"/>
     <w:rsid w:val="00B42BB4"/>
     <w:rsid w:val="00B447D6"/>
     <w:rsid w:val="00B45B6A"/>
     <w:rsid w:val="00B45FD6"/>
     <w:rsid w:val="00B4609B"/>
     <w:rsid w:val="00B4641B"/>
     <w:rsid w:val="00B46584"/>
     <w:rsid w:val="00B47CEF"/>
     <w:rsid w:val="00B501DF"/>
     <w:rsid w:val="00B51834"/>
     <w:rsid w:val="00B51913"/>
     <w:rsid w:val="00B5242D"/>
     <w:rsid w:val="00B52893"/>
     <w:rsid w:val="00B52D54"/>
     <w:rsid w:val="00B54015"/>
     <w:rsid w:val="00B550B9"/>
     <w:rsid w:val="00B562EB"/>
     <w:rsid w:val="00B562F8"/>
     <w:rsid w:val="00B56F9D"/>
     <w:rsid w:val="00B5725B"/>
     <w:rsid w:val="00B57834"/>
     <w:rsid w:val="00B57DFC"/>
     <w:rsid w:val="00B57FC2"/>
     <w:rsid w:val="00B60105"/>
     <w:rsid w:val="00B60495"/>
     <w:rsid w:val="00B606A6"/>
     <w:rsid w:val="00B61320"/>
     <w:rsid w:val="00B618BF"/>
     <w:rsid w:val="00B61ACD"/>
     <w:rsid w:val="00B61FEB"/>
     <w:rsid w:val="00B63114"/>
     <w:rsid w:val="00B6336F"/>
+    <w:rsid w:val="00B63C79"/>
     <w:rsid w:val="00B64E67"/>
     <w:rsid w:val="00B64F67"/>
     <w:rsid w:val="00B652B7"/>
     <w:rsid w:val="00B65B55"/>
     <w:rsid w:val="00B65B9B"/>
     <w:rsid w:val="00B65FBA"/>
     <w:rsid w:val="00B66C72"/>
     <w:rsid w:val="00B66DB0"/>
     <w:rsid w:val="00B66E2F"/>
     <w:rsid w:val="00B6700B"/>
     <w:rsid w:val="00B674F1"/>
     <w:rsid w:val="00B67F94"/>
     <w:rsid w:val="00B70737"/>
     <w:rsid w:val="00B70D1E"/>
     <w:rsid w:val="00B71D23"/>
     <w:rsid w:val="00B75630"/>
     <w:rsid w:val="00B75B4C"/>
     <w:rsid w:val="00B76221"/>
     <w:rsid w:val="00B76B90"/>
     <w:rsid w:val="00B76E74"/>
     <w:rsid w:val="00B77387"/>
     <w:rsid w:val="00B8144E"/>
     <w:rsid w:val="00B814C4"/>
     <w:rsid w:val="00B83E2B"/>
     <w:rsid w:val="00B85487"/>
@@ -10363,50 +12381,51 @@
     <w:rsid w:val="00BC6F60"/>
     <w:rsid w:val="00BC7B72"/>
     <w:rsid w:val="00BD0C99"/>
     <w:rsid w:val="00BD127A"/>
     <w:rsid w:val="00BD206F"/>
     <w:rsid w:val="00BD2DA9"/>
     <w:rsid w:val="00BD3D6B"/>
     <w:rsid w:val="00BD3E4A"/>
     <w:rsid w:val="00BD4C2A"/>
     <w:rsid w:val="00BD4F34"/>
     <w:rsid w:val="00BD5B79"/>
     <w:rsid w:val="00BD5D1C"/>
     <w:rsid w:val="00BD5E46"/>
     <w:rsid w:val="00BD5EAB"/>
     <w:rsid w:val="00BD7761"/>
     <w:rsid w:val="00BE0047"/>
     <w:rsid w:val="00BE26E5"/>
     <w:rsid w:val="00BE2836"/>
     <w:rsid w:val="00BE32F0"/>
     <w:rsid w:val="00BE3433"/>
     <w:rsid w:val="00BE3FC5"/>
     <w:rsid w:val="00BE418D"/>
     <w:rsid w:val="00BE5116"/>
     <w:rsid w:val="00BE5510"/>
     <w:rsid w:val="00BE5A8E"/>
+    <w:rsid w:val="00BE6557"/>
     <w:rsid w:val="00BE78BF"/>
     <w:rsid w:val="00BE7E47"/>
     <w:rsid w:val="00BF0DDA"/>
     <w:rsid w:val="00BF1D38"/>
     <w:rsid w:val="00BF1E3C"/>
     <w:rsid w:val="00BF215C"/>
     <w:rsid w:val="00BF2EF7"/>
     <w:rsid w:val="00BF3025"/>
     <w:rsid w:val="00BF399C"/>
     <w:rsid w:val="00BF49CA"/>
     <w:rsid w:val="00BF4AF5"/>
     <w:rsid w:val="00BF53B0"/>
     <w:rsid w:val="00BF6555"/>
     <w:rsid w:val="00BF6557"/>
     <w:rsid w:val="00BF68FF"/>
     <w:rsid w:val="00BF7538"/>
     <w:rsid w:val="00BF783F"/>
     <w:rsid w:val="00BF78FE"/>
     <w:rsid w:val="00C01F0C"/>
     <w:rsid w:val="00C03319"/>
     <w:rsid w:val="00C0383B"/>
     <w:rsid w:val="00C03FC9"/>
     <w:rsid w:val="00C04386"/>
     <w:rsid w:val="00C04AC3"/>
     <w:rsid w:val="00C05FA5"/>
@@ -10442,50 +12461,51 @@
     <w:rsid w:val="00C24159"/>
     <w:rsid w:val="00C24E0B"/>
     <w:rsid w:val="00C267FF"/>
     <w:rsid w:val="00C2692E"/>
     <w:rsid w:val="00C26A1D"/>
     <w:rsid w:val="00C26FF9"/>
     <w:rsid w:val="00C27BE1"/>
     <w:rsid w:val="00C27E4B"/>
     <w:rsid w:val="00C30380"/>
     <w:rsid w:val="00C30889"/>
     <w:rsid w:val="00C31EA8"/>
     <w:rsid w:val="00C3234A"/>
     <w:rsid w:val="00C329FB"/>
     <w:rsid w:val="00C3572A"/>
     <w:rsid w:val="00C371BD"/>
     <w:rsid w:val="00C378EB"/>
     <w:rsid w:val="00C4107B"/>
     <w:rsid w:val="00C4159B"/>
     <w:rsid w:val="00C41DD7"/>
     <w:rsid w:val="00C42454"/>
     <w:rsid w:val="00C4281A"/>
     <w:rsid w:val="00C42E4F"/>
     <w:rsid w:val="00C42FA8"/>
     <w:rsid w:val="00C4347C"/>
     <w:rsid w:val="00C43559"/>
+    <w:rsid w:val="00C44C6E"/>
     <w:rsid w:val="00C45592"/>
     <w:rsid w:val="00C45AE4"/>
     <w:rsid w:val="00C45FFB"/>
     <w:rsid w:val="00C50BB0"/>
     <w:rsid w:val="00C516D2"/>
     <w:rsid w:val="00C522EB"/>
     <w:rsid w:val="00C526CB"/>
     <w:rsid w:val="00C528EE"/>
     <w:rsid w:val="00C5358F"/>
     <w:rsid w:val="00C54A26"/>
     <w:rsid w:val="00C54EC6"/>
     <w:rsid w:val="00C56034"/>
     <w:rsid w:val="00C56751"/>
     <w:rsid w:val="00C56B64"/>
     <w:rsid w:val="00C57983"/>
     <w:rsid w:val="00C579AC"/>
     <w:rsid w:val="00C57EE7"/>
     <w:rsid w:val="00C6099C"/>
     <w:rsid w:val="00C60BAA"/>
     <w:rsid w:val="00C611BE"/>
     <w:rsid w:val="00C63871"/>
     <w:rsid w:val="00C64A47"/>
     <w:rsid w:val="00C64C34"/>
     <w:rsid w:val="00C64CA6"/>
     <w:rsid w:val="00C65C17"/>
@@ -10502,125 +12522,129 @@
     <w:rsid w:val="00C76FD3"/>
     <w:rsid w:val="00C7745A"/>
     <w:rsid w:val="00C8048B"/>
     <w:rsid w:val="00C835CC"/>
     <w:rsid w:val="00C856BC"/>
     <w:rsid w:val="00C8779E"/>
     <w:rsid w:val="00C8782A"/>
     <w:rsid w:val="00C900E8"/>
     <w:rsid w:val="00C91B8D"/>
     <w:rsid w:val="00C91D01"/>
     <w:rsid w:val="00C92A51"/>
     <w:rsid w:val="00C92ED1"/>
     <w:rsid w:val="00C945BD"/>
     <w:rsid w:val="00C949AA"/>
     <w:rsid w:val="00C951D8"/>
     <w:rsid w:val="00C96F51"/>
     <w:rsid w:val="00C9701A"/>
     <w:rsid w:val="00C9706A"/>
     <w:rsid w:val="00C97BFF"/>
     <w:rsid w:val="00C97EBC"/>
     <w:rsid w:val="00CA1D2E"/>
     <w:rsid w:val="00CA2255"/>
     <w:rsid w:val="00CA321E"/>
     <w:rsid w:val="00CA34C1"/>
     <w:rsid w:val="00CA43E5"/>
+    <w:rsid w:val="00CA50F4"/>
     <w:rsid w:val="00CA523B"/>
     <w:rsid w:val="00CA5C51"/>
     <w:rsid w:val="00CA5FD8"/>
     <w:rsid w:val="00CA66A6"/>
     <w:rsid w:val="00CA741A"/>
     <w:rsid w:val="00CB0104"/>
     <w:rsid w:val="00CB048C"/>
     <w:rsid w:val="00CB1873"/>
     <w:rsid w:val="00CB2379"/>
     <w:rsid w:val="00CB29C7"/>
     <w:rsid w:val="00CB3D4E"/>
     <w:rsid w:val="00CB4948"/>
     <w:rsid w:val="00CB49DE"/>
     <w:rsid w:val="00CC0369"/>
     <w:rsid w:val="00CC048F"/>
     <w:rsid w:val="00CC1D32"/>
     <w:rsid w:val="00CC2319"/>
     <w:rsid w:val="00CC36F7"/>
     <w:rsid w:val="00CC4E83"/>
+    <w:rsid w:val="00CC51BF"/>
     <w:rsid w:val="00CC6CC1"/>
     <w:rsid w:val="00CC7A0B"/>
     <w:rsid w:val="00CC7FE5"/>
     <w:rsid w:val="00CD03CD"/>
     <w:rsid w:val="00CD0856"/>
     <w:rsid w:val="00CD1A7A"/>
     <w:rsid w:val="00CD1CC8"/>
     <w:rsid w:val="00CD28AA"/>
     <w:rsid w:val="00CD2C1F"/>
     <w:rsid w:val="00CD2CC9"/>
     <w:rsid w:val="00CD2D8A"/>
     <w:rsid w:val="00CD3AC5"/>
     <w:rsid w:val="00CD4A72"/>
     <w:rsid w:val="00CD600D"/>
     <w:rsid w:val="00CD6A86"/>
     <w:rsid w:val="00CD6B3C"/>
     <w:rsid w:val="00CD6E21"/>
     <w:rsid w:val="00CD70F2"/>
     <w:rsid w:val="00CE0BF8"/>
     <w:rsid w:val="00CE239A"/>
     <w:rsid w:val="00CE2E29"/>
     <w:rsid w:val="00CE358E"/>
     <w:rsid w:val="00CE382F"/>
     <w:rsid w:val="00CE3AEE"/>
+    <w:rsid w:val="00CE489E"/>
     <w:rsid w:val="00CE5813"/>
     <w:rsid w:val="00CE5CC8"/>
     <w:rsid w:val="00CE5ECC"/>
     <w:rsid w:val="00CE6286"/>
     <w:rsid w:val="00CE6354"/>
     <w:rsid w:val="00CE7307"/>
     <w:rsid w:val="00CE7E7F"/>
     <w:rsid w:val="00CF186F"/>
     <w:rsid w:val="00CF30D0"/>
     <w:rsid w:val="00CF3398"/>
     <w:rsid w:val="00CF360F"/>
     <w:rsid w:val="00CF3A61"/>
     <w:rsid w:val="00CF3D55"/>
     <w:rsid w:val="00CF3F94"/>
     <w:rsid w:val="00CF45D2"/>
     <w:rsid w:val="00CF4B9C"/>
     <w:rsid w:val="00CF6C3D"/>
     <w:rsid w:val="00D00215"/>
     <w:rsid w:val="00D00432"/>
     <w:rsid w:val="00D00913"/>
     <w:rsid w:val="00D00940"/>
     <w:rsid w:val="00D00D02"/>
     <w:rsid w:val="00D01233"/>
     <w:rsid w:val="00D0143C"/>
     <w:rsid w:val="00D023C1"/>
     <w:rsid w:val="00D02811"/>
     <w:rsid w:val="00D028EE"/>
     <w:rsid w:val="00D02D79"/>
     <w:rsid w:val="00D04C63"/>
     <w:rsid w:val="00D05808"/>
     <w:rsid w:val="00D06F8C"/>
     <w:rsid w:val="00D07A8D"/>
+    <w:rsid w:val="00D10C51"/>
     <w:rsid w:val="00D11797"/>
     <w:rsid w:val="00D132E6"/>
     <w:rsid w:val="00D13300"/>
     <w:rsid w:val="00D139CB"/>
     <w:rsid w:val="00D13B49"/>
     <w:rsid w:val="00D143DE"/>
     <w:rsid w:val="00D14F33"/>
     <w:rsid w:val="00D15479"/>
     <w:rsid w:val="00D156B0"/>
     <w:rsid w:val="00D15A3E"/>
     <w:rsid w:val="00D16207"/>
     <w:rsid w:val="00D169EC"/>
     <w:rsid w:val="00D1764A"/>
     <w:rsid w:val="00D17A6D"/>
     <w:rsid w:val="00D20963"/>
     <w:rsid w:val="00D2155A"/>
     <w:rsid w:val="00D23489"/>
     <w:rsid w:val="00D23B48"/>
     <w:rsid w:val="00D23DC8"/>
     <w:rsid w:val="00D247A4"/>
     <w:rsid w:val="00D251FB"/>
     <w:rsid w:val="00D258A7"/>
     <w:rsid w:val="00D25A6F"/>
     <w:rsid w:val="00D25EBB"/>
     <w:rsid w:val="00D26EBF"/>
@@ -10663,50 +12687,51 @@
     <w:rsid w:val="00D550E5"/>
     <w:rsid w:val="00D56145"/>
     <w:rsid w:val="00D561B3"/>
     <w:rsid w:val="00D562A8"/>
     <w:rsid w:val="00D56AE9"/>
     <w:rsid w:val="00D60636"/>
     <w:rsid w:val="00D610E3"/>
     <w:rsid w:val="00D617DD"/>
     <w:rsid w:val="00D62A45"/>
     <w:rsid w:val="00D63285"/>
     <w:rsid w:val="00D63687"/>
     <w:rsid w:val="00D642CB"/>
     <w:rsid w:val="00D64974"/>
     <w:rsid w:val="00D65207"/>
     <w:rsid w:val="00D6616F"/>
     <w:rsid w:val="00D67271"/>
     <w:rsid w:val="00D674A4"/>
     <w:rsid w:val="00D705B4"/>
     <w:rsid w:val="00D70932"/>
     <w:rsid w:val="00D70C3C"/>
     <w:rsid w:val="00D71002"/>
     <w:rsid w:val="00D713B7"/>
     <w:rsid w:val="00D7153C"/>
     <w:rsid w:val="00D72318"/>
     <w:rsid w:val="00D72713"/>
+    <w:rsid w:val="00D741F8"/>
     <w:rsid w:val="00D74247"/>
     <w:rsid w:val="00D74258"/>
     <w:rsid w:val="00D74378"/>
     <w:rsid w:val="00D743DB"/>
     <w:rsid w:val="00D75100"/>
     <w:rsid w:val="00D755FF"/>
     <w:rsid w:val="00D75987"/>
     <w:rsid w:val="00D76003"/>
     <w:rsid w:val="00D77A5E"/>
     <w:rsid w:val="00D77DCD"/>
     <w:rsid w:val="00D800FA"/>
     <w:rsid w:val="00D82241"/>
     <w:rsid w:val="00D82709"/>
     <w:rsid w:val="00D8425A"/>
     <w:rsid w:val="00D844F8"/>
     <w:rsid w:val="00D85AE9"/>
     <w:rsid w:val="00D85BDF"/>
     <w:rsid w:val="00D8678D"/>
     <w:rsid w:val="00D869FC"/>
     <w:rsid w:val="00D86B2A"/>
     <w:rsid w:val="00D87F46"/>
     <w:rsid w:val="00D90728"/>
     <w:rsid w:val="00D90D6F"/>
     <w:rsid w:val="00D921A9"/>
     <w:rsid w:val="00D93914"/>
@@ -10918,50 +12943,51 @@
     <w:rsid w:val="00E83B28"/>
     <w:rsid w:val="00E83C87"/>
     <w:rsid w:val="00E8540E"/>
     <w:rsid w:val="00E86329"/>
     <w:rsid w:val="00E914DC"/>
     <w:rsid w:val="00E91CC4"/>
     <w:rsid w:val="00E93DCB"/>
     <w:rsid w:val="00E9424B"/>
     <w:rsid w:val="00E949F6"/>
     <w:rsid w:val="00E955FA"/>
     <w:rsid w:val="00E96369"/>
     <w:rsid w:val="00E9639E"/>
     <w:rsid w:val="00E97401"/>
     <w:rsid w:val="00E97AFD"/>
     <w:rsid w:val="00EA121F"/>
     <w:rsid w:val="00EA167C"/>
     <w:rsid w:val="00EA2664"/>
     <w:rsid w:val="00EA2CF8"/>
     <w:rsid w:val="00EA4A2E"/>
     <w:rsid w:val="00EA4E92"/>
     <w:rsid w:val="00EA74ED"/>
     <w:rsid w:val="00EB12DE"/>
     <w:rsid w:val="00EB1371"/>
     <w:rsid w:val="00EB232D"/>
     <w:rsid w:val="00EB2611"/>
+    <w:rsid w:val="00EB56E1"/>
     <w:rsid w:val="00EB6868"/>
     <w:rsid w:val="00EB6A4C"/>
     <w:rsid w:val="00EC0270"/>
     <w:rsid w:val="00EC118F"/>
     <w:rsid w:val="00EC1489"/>
     <w:rsid w:val="00EC1B05"/>
     <w:rsid w:val="00EC1B43"/>
     <w:rsid w:val="00EC35BD"/>
     <w:rsid w:val="00EC3787"/>
     <w:rsid w:val="00EC3E2A"/>
     <w:rsid w:val="00EC3E44"/>
     <w:rsid w:val="00EC4BB1"/>
     <w:rsid w:val="00EC4C09"/>
     <w:rsid w:val="00EC504B"/>
     <w:rsid w:val="00EC5CC0"/>
     <w:rsid w:val="00EC6AD3"/>
     <w:rsid w:val="00EC73A3"/>
     <w:rsid w:val="00EC74DC"/>
     <w:rsid w:val="00EC7B95"/>
     <w:rsid w:val="00ED0837"/>
     <w:rsid w:val="00ED14FD"/>
     <w:rsid w:val="00ED1548"/>
     <w:rsid w:val="00ED29FC"/>
     <w:rsid w:val="00ED30D4"/>
     <w:rsid w:val="00ED3EF4"/>
@@ -11111,50 +13137,51 @@
     <w:rsid w:val="00F721A7"/>
     <w:rsid w:val="00F75FAB"/>
     <w:rsid w:val="00F75FDA"/>
     <w:rsid w:val="00F768A4"/>
     <w:rsid w:val="00F77303"/>
     <w:rsid w:val="00F80250"/>
     <w:rsid w:val="00F80364"/>
     <w:rsid w:val="00F80968"/>
     <w:rsid w:val="00F81952"/>
     <w:rsid w:val="00F81C3C"/>
     <w:rsid w:val="00F81CFE"/>
     <w:rsid w:val="00F81D66"/>
     <w:rsid w:val="00F82897"/>
     <w:rsid w:val="00F82AEB"/>
     <w:rsid w:val="00F82F76"/>
     <w:rsid w:val="00F846F2"/>
     <w:rsid w:val="00F855D5"/>
     <w:rsid w:val="00F85D19"/>
     <w:rsid w:val="00F8673A"/>
     <w:rsid w:val="00F875D4"/>
     <w:rsid w:val="00F90FE9"/>
     <w:rsid w:val="00F91155"/>
     <w:rsid w:val="00F935C7"/>
     <w:rsid w:val="00F937C9"/>
     <w:rsid w:val="00F9489F"/>
+    <w:rsid w:val="00F94C2C"/>
     <w:rsid w:val="00F9516C"/>
     <w:rsid w:val="00F95556"/>
     <w:rsid w:val="00F9630E"/>
     <w:rsid w:val="00F96AD6"/>
     <w:rsid w:val="00F970DC"/>
     <w:rsid w:val="00F9775A"/>
     <w:rsid w:val="00F978FE"/>
     <w:rsid w:val="00FA159A"/>
     <w:rsid w:val="00FA1664"/>
     <w:rsid w:val="00FA1D39"/>
     <w:rsid w:val="00FA332C"/>
     <w:rsid w:val="00FA5A4B"/>
     <w:rsid w:val="00FA60B0"/>
     <w:rsid w:val="00FA7361"/>
     <w:rsid w:val="00FB0568"/>
     <w:rsid w:val="00FB0795"/>
     <w:rsid w:val="00FB0A50"/>
     <w:rsid w:val="00FB1091"/>
     <w:rsid w:val="00FB1413"/>
     <w:rsid w:val="00FB2283"/>
     <w:rsid w:val="00FB29F8"/>
     <w:rsid w:val="00FB388C"/>
     <w:rsid w:val="00FB64FE"/>
     <w:rsid w:val="00FB6689"/>
     <w:rsid w:val="00FB687B"/>
@@ -16620,50 +18647,55 @@
       <w:spacing w:val="-20"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="affffffffe">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00793930"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tlid-translation">
     <w:name w:val="tlid-translation"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="006B71CF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:rsid w:val="006B71CF"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tool-identifier">
+    <w:name w:val="tool-identifier"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00B40B2A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="170681296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="304504608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -16829,51 +18861,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-0352-0027" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iryna.svyd@pnu.edu.ua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1988-543X" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.ihnatiuk@nure.ua" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4635-6542" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oleh.shuniborov@nure.ua" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-0352-0027" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto::iryna.svyd@cnu.edu.ua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1988-543X" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.ihnatiuk@nure.ua" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4635-6542" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oleh.shuniborov@nure.ua" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17142,82 +19174,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B60F084B-DDF9-494D-B39E-5B5AECCDA30D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>4378</Words>
-  <Characters>2496</Characters>
+  <Words>5184</Words>
+  <Characters>2955</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>УДК 621</vt:lpstr>
       <vt:lpstr>УДК 621</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Skynet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6861</CharactersWithSpaces>
+  <CharactersWithSpaces>8123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="84" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>666</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://orcid.org/0000-0001-7656-2948</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3735643</vt:i4>
       </vt:variant>
       <vt:variant>