--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -601,61 +601,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> тощо. Первинний оглядовий радіолокатор визначає місце розташування повітряного судна на основі прийому відбитих радіолокаційних сигналів. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3289D36B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00AB1C37" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C808523" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="198084AE" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Оцінка імовірності цілісності інформації систем залежного кооперативного </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
@@ -743,54 +732,54 @@
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>судна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, переданих в повідомленнях залежних систем спостереження, перевищують заздалегідь встановлений радіус утримання </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="177DC4C7">
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1832643136" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1834392214" r:id="rId10"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Будемо вважати, що в цьому випадку подається сигнал тривоги.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="201BDFA9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -825,499 +814,441 @@
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>рис.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00704CFC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68600EAA" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="0048109C" w:rsidP="007C7B3E">
+    <w:p w14:paraId="68600EAA" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="00281587" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="4EF2CA68">
-          <v:shape id="Picture 2518" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:179.25pt;height:142.9pt;visibility:visible;mso-position-horizontal:absolute" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpgsyRxAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohUrq1G00OJJrHrpbdiMm7SbyXYTdfvvG0HobR7vc+bLztfiQm10gTUMBwoEcRmM&#10;40rD8fD2NAURE7LBOjBp+KUIy0XvYY6FCVf+oMs+VSKHcCxQg02pKaSMpSWPcRAa4sydQusxZdhW&#10;0rR4zeG+liOlJtKj49xgsaFXS+X3/uw1bN0Xn9X4Z/z8OdltDuuRd0f7rvVjv1vNQCTq0r/47t6Y&#10;PH+qhi9weyffIBd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGmCzJHEAAAA3gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" o:allowoverlap="f">
+          <v:shape id="Picture 2518" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:179.4pt;height:142.8pt;visibility:visible;mso-position-horizontal:absolute" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpgsyRxAAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X/A9hhN5qohUrq1G00OJJrHrpbdiMm7SbyXYTdfvvG0HobR7vc+bLztfiQm10gTUMBwoEcRmM&#10;40rD8fD2NAURE7LBOjBp+KUIy0XvYY6FCVf+oMs+VSKHcCxQg02pKaSMpSWPcRAa4sydQusxZdhW&#10;0rR4zeG+liOlJtKj49xgsaFXS+X3/uw1bN0Xn9X4Z/z8OdltDuuRd0f7rvVjv1vNQCTq0r/47t6Y&#10;PH+qhi9weyffIBd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGmCzJHEAAAA3gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" o:allowoverlap="f">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00D741F8">
+      <w:r>
         <w:pict w14:anchorId="534BC688">
-          <v:shape id="Picture 2529" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:172.9pt;height:142.15pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQAPHxwwAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qJgolRlcRQWqxB5/gcciOSTA7G3a3Jv333UKht/n4nrNY9aYRT3K+tqwgHScgiAur&#10;ay4VXM7b1wyED8gaG8uk4Js8rJaDlwXm2nZ8pOcplCKGsM9RQRVCm0vpi4oM+rFtiSN3t85giNCV&#10;UjvsYrhp5CRJ3qTBmmNDhS1tKioepy+j4Lp3B+wO7mO/W6cba/nz/TbNlBoN+/UcRKA+/Iv/3Dsd&#10;52dJOoPfd+INcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0ADx8cMAAADeAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" o:allowoverlap="f">
+          <v:shape id="Picture 2529" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:172.8pt;height:142.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQAPHxwwAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qJgolRlcRQWqxB5/gcciOSTA7G3a3Jv333UKht/n4nrNY9aYRT3K+tqwgHScgiAur&#10;ay4VXM7b1wyED8gaG8uk4Js8rJaDlwXm2nZ8pOcplCKGsM9RQRVCm0vpi4oM+rFtiSN3t85giNCV&#10;UjvsYrhp5CRJ3qTBmmNDhS1tKioepy+j4Lp3B+wO7mO/W6cba/nz/TbNlBoN+/UcRKA+/Iv/3Dsd&#10;52dJOoPfd+INcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0ADx8cMAAADeAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" o:allowoverlap="f">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481F7968" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00212B5C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="481F7968" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00CC77C2" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>б)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8168F6" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00E07AB9" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="7A8168F6" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00CC77C2" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR"/>
-          <w:sz w:val="24"/>
-[...48 lines deleted...]
-        <w:t>повітряного об’єкту</w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC77C2">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Рис. 1. Якість вимірювання висоти повітряного об’єкту</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A4B1EF" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Будемо враховувати що </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="580" w:dyaOrig="340" w14:anchorId="1D0C2594">
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:31.15pt;height:16.9pt" o:ole="">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:31.2pt;height:16.8pt" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1832643137" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1834392215" r:id="rId14"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> горизонтальні координати фактичного положення повітряного </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>судна</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="760A4DE4">
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:50.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:50.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1832643138" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1834392216" r:id="rId16"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> - координати, виміряні залежною системою спостереження повітряного простору. Помилки вимірювання є випадкові величини, що дорівнюють </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="1280" w:dyaOrig="360" w14:anchorId="045B2DB3">
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:70.9pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:70.8pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId17" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1832643139" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1834392217" r:id="rId18"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  i </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="1300" w:dyaOrig="360" w14:anchorId="38F4E7E5">
-          <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:71.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:71.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1832643140" r:id="rId20"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1834392218" r:id="rId20"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364AEE60" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Якщо функція</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:object w:dxaOrig="1260" w:dyaOrig="360" w14:anchorId="26711B0D">
           <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:63pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId21" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1832643141" r:id="rId22"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1834392219" r:id="rId22"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> є спільною щільністю ймовірності помилок </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="5C2799E9">
-          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:45.75pt;height:18pt" o:ole="">
+          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:45.6pt;height:18pt" o:ole="">
             <v:imagedata r:id="rId23" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1832643142" r:id="rId24"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1834392220" r:id="rId24"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, то ймовірність того, що помилки не перевищують </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="764877D4">
-          <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId25" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1832643143" r:id="rId26"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1834392221" r:id="rId26"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, можливо визначитися з наступного виразу</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A79677" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-42"/>
         </w:rPr>
         <w:object w:dxaOrig="2240" w:dyaOrig="700" w14:anchorId="5529E757">
-          <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:111.4pt;height:35.25pt" o:ole="">
+          <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:111.6pt;height:35.4pt" o:ole="">
             <v:imagedata r:id="rId27" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1832643144" r:id="rId28"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1834392222" r:id="rId28"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r w:rsidR="0048109C">
+      <w:r w:rsidR="00281587">
         <w:rPr>
           <w:position w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="439CE107">
-          <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:79.15pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00FC7DA7&quot; wsp:rsidP=&quot;00FC7DA7&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+          <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:79.2pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00FC7DA7&quot; wsp:rsidP=&quot;00FC7DA7&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId29" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r w:rsidR="0048109C">
+      <w:r w:rsidR="00281587">
         <w:rPr>
           <w:position w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="74719D03">
-          <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:163.15pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F903F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00F903F1&quot; wsp:rsidP=&quot;00F903F1&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+          <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:163.2pt;height:12pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F903F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;00F903F1&quot; wsp:rsidP=&quot;00F903F1&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSubSup&gt;&lt;m:sSubSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubSupPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;R&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSubSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;x&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSup&gt;&lt;m:sSupPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSupPr&gt;&lt;m:e&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;z&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;EN-US&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;m:sup&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;2&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sup&gt;&lt;/m:sSup&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId30" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
@@ -1359,58 +1290,58 @@
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> QUOTE </w:instrText>
       </w:r>
-      <w:r w:rsidR="0048109C">
+      <w:r w:rsidR="00281587">
         <w:rPr>
           <w:position w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict w14:anchorId="45A16344">
-          <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:335.65pt;height:21pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B2BE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;004B2BE4&quot; wsp:rsidP=&quot;004B2BE4&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t,&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;вѓ—&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О»&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;A&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;g&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;ci&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;cos&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:begChr m:val=&quot;[&quot;/&gt;&lt;m:endChr m:val=&quot;]&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;М‡&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П†&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;(t)&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
+          <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:335.4pt;height:21pt" equationxml="&lt;?xml version=&quot;1.0&quot; encoding=&quot;UTF-8&quot; standalone=&quot;yes&quot;?&gt;&#10;&lt;?mso-application progid=&quot;Word.Document&quot;?&gt;&#10;&lt;w:wordDocument xmlns:aml=&quot;http://schemas.microsoft.com/aml/2001/core&quot; xmlns:wpc=&quot;http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas&quot; xmlns:cx=&quot;http://schemas.microsoft.com/office/drawing/2014/chartex&quot; xmlns:dt=&quot;uuid:C2F41010-65B3-11d1-A29F-00AA00C14882&quot; xmlns:mc=&quot;http://schemas.openxmlformats.org/markup-compatibility/2006&quot; xmlns:o=&quot;urn:schemas-microsoft-com:office:office&quot; xmlns:m=&quot;http://schemas.openxmlformats.org/officeDocument/2006/math&quot; xmlns:v=&quot;urn:schemas-microsoft-com:vml&quot; xmlns:w10=&quot;urn:schemas-microsoft-com:office:word&quot; xmlns:w=&quot;http://schemas.microsoft.com/office/word/2003/wordml&quot; xmlns:wx=&quot;http://schemas.microsoft.com/office/word/2003/auxHint&quot; xmlns:wne=&quot;http://schemas.microsoft.com/office/word/2006/wordml&quot; xmlns:wsp=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot; xmlns:sl=&quot;http://schemas.microsoft.com/schemaLibrary/2003/core&quot; w:macrosPresent=&quot;no&quot; w:embeddedObjPresent=&quot;no&quot; w:ocxPresent=&quot;no&quot; xml:space=&quot;preserve&quot;&gt;&lt;w:ignoreSubtree w:val=&quot;http://schemas.microsoft.com/office/word/2003/wordml/sp2&quot;/&gt;&lt;o:DocumentProperties&gt;&lt;o:Version&gt;16&lt;/o:Version&gt;&lt;/o:DocumentProperties&gt;&lt;w:docPr&gt;&lt;w:view w:val=&quot;print&quot;/&gt;&lt;w:zoom w:percent=&quot;130&quot;/&gt;&lt;w:stylePaneFormatFilter w:val=&quot;3F01&quot;/&gt;&lt;w:defaultTabStop w:val=&quot;708&quot;/&gt;&lt;w:hyphenationZone w:val=&quot;312&quot;/&gt;&lt;w:doNotHyphenateCaps/&gt;&lt;w:evenAndOddHeaders/&gt;&lt;w:characterSpacingControl w:val=&quot;DontCompress&quot;/&gt;&lt;w:webPageEncoding w:val=&quot;windows-1251&quot;/&gt;&lt;w:optimizeForBrowser/&gt;&lt;w:targetScreenSz w:val=&quot;800x600&quot;/&gt;&lt;w:validateAgainstSchema/&gt;&lt;w:saveInvalidXML w:val=&quot;off&quot;/&gt;&lt;w:ignoreMixedContent w:val=&quot;off&quot;/&gt;&lt;w:alwaysShowPlaceholderText w:val=&quot;off&quot;/&gt;&lt;w:compat&gt;&lt;w:dontAllowFieldEndSelect/&gt;&lt;w:useWord2002TableStyleRules/&gt;&lt;/w:compat&gt;&lt;wsp:rsids&gt;&lt;wsp:rsidRoot wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00000D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00002241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000308C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000032E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0000682E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000106B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000119D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000123E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002051F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002239C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000225F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0002285B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000237C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00024F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00025D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00027104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000309B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003596B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00036943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000371C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003735C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0003772F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00037B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00040A9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00042C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00043883&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000444F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000450B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045C9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00045E85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00046421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00047529&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000502C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0005262C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00052F9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000539D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00053C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000541D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00054BDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00055D48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00057B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000612CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061976&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00061F7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00063815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006518E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000658FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0006676E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00067713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00071473&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073AF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00073E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000744DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000754FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00075F77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00076FFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0008037A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00080790&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00083964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00087101&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090026&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00090AEA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00092475&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00093821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000941E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A0689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2D6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A3F3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A5C5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A685E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A6DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000A7F7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B03D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1768&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B19BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B20FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B2422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B33A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B476C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B5EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000B6CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C041A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C0528&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1416&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C150B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C15EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C1AB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C2964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C3BA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C4103&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C46ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5BCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C5C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000C7E0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D0CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D155B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D15DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A16&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1A53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1CD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D1D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D2669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3A22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D3E66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000D54C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E2466&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E256C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E36AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E4BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E584A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E604D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E67A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E6EC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000E75B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F0677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F06B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2A46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F2D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F3B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F4986&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;000F770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001006DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001011B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0010156C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001043E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001050C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001100D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001104C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00110551&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00111972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00112456&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001134C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00113619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0011385A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001145C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00114706&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001149AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00115DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00117455&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00120796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00123704&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012485F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001248D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001249BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00124CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001251B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125545&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00125DA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00126360&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0012750F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00127B5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132135&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00132817&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00134FD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00135C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001367B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001369B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00136E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0013706E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00140C08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141429&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141C81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00141E33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0014260A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001431CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00145DC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00151BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00152735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001531A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00153C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001540FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00154C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001560D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00156E88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001572C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00157DBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001607C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00160E9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001611DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00162ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00163ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165321&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00165F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001664DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00166BB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00170E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172A19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172EAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00172FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00173802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176D7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00176DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00181BED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00183D62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001845F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00186891&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0018780D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00190677&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00192F95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00193B63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001948A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00195AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001963D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001977F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A0923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A21C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A238D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A2564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A3A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A4A6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6741&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A6A34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001A7546&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B0A84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B101A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B1D88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3276&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B3F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B58C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B71F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001B77D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C0DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C14D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C1567&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C15D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C2D5F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3CD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C3FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C40D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C4AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001C5797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D00CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D438A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D44E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D4C40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D5EF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D6935&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001D7BEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E03E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E0B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E10E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2D71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E2F50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E3B76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E4FD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E52A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E71D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001E7FD4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F1379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F17B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F2332&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F51E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F6CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;001F75EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002007F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201062&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002019CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00201F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002020EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00202E27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00203862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00205E73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002064AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00206906&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0020792E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00210498&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002112A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00212949&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00213BBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002146A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021473E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00215F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002161CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0021676D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00216F91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002176A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002202A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00220A6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002226D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022340E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00223B86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022597C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022602D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022682D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00226EFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0022701D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00227289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00232E97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0023546D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00235703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00236149&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237556&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00237D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002405CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240A7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00240F6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002417A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002419C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00242604&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024328B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024553B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00245A36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0024631B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00246ED0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00247630&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002509E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0025123C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00252AE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00253075&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002542FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00254577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00255849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002558C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00256D12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00257393&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00260EFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261734&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00261E5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00262019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0026258D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264333&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00264CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265CDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00265E3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002668D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002678C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00267D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002704D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002711AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027247D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00272609&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027274C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0027381A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00273AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00274562&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002747DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00275CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002763AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00276C85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277838&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00277F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002804FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0028180E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282157&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00282B40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002854A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002860EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286500&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00286936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00290EB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0029132B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00291A2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00293C65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002947A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00294B4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00295EF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A0060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A3F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A425C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A4EE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5128&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A5F10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A6FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002A7DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B263C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B2680&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B3C7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B446B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B6DE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B70E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002B7EC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C08D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C0F24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C19CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C2728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C3849&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C394F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C39D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C5BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C71AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002C7FE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D06F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D3946&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6184&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D687E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002D6D8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E01C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E1288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E14E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E209B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2802&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E2FAD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E30A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E36E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E383D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E3B9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E480E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E531E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E6982&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E733F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E78E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002E7CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F17D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F1937&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F3D51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F62BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F65FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;002F781A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00300362&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00302082&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303773&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303ADA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00303E57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00304F27&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00305BFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00306212&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003078F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003109A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031188B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00311C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00312631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00315239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0031594F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00316262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00320141&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003206C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00324796&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00325CB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0032627D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00331E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003328B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00332B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033382A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333A09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00333FBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033405A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00336E49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0033745F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003428F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034328A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00344329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0034565D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00345DC6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003463C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346501&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003469EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00346AA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00350F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00352923&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003537BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353A1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00353D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00354BBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355383&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00355722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00356BD1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0035724A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00357FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00360FB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003616A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00361E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003629DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00362A57&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036418B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0036474F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003670EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00367C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00370823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003715BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0037188E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00371CAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372206&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003723E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372993&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00372CAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003730A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003731BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00373468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00374812&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376534&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376848&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00376F03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003774C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00377A73&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00382781&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384C5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00384DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003850B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038591A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0038694A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003875A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387D80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00387E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00390D74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00391B0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039237A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00392F26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00393F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039477E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0039526A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00396129&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003965A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00397BC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A030B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A0CC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A14AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A1FFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A20D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4861&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A4B98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003A7F84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B01AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B16A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B1EDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B21A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B2EC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B6039&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B629F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7747&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7A33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003B7D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C081C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C1166&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C173B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C30CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C39F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C5C64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C61BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C6BD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003C77AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D0AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D1C20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D224A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2389&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D248B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D2D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D349A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D34E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D3FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5651&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D5E7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6287&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D671D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D6C44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003D765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E0FAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E14DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E25BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E295A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E4C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E5A4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E638A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7078&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003E7D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F06AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F0F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F1856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F19FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F268B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F33BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F3B10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F5DC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;003F7D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00400E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004014E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00401757&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004039BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004040AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404163&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00404841&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0040673B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00406CF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00407422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00410902&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041113F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041117B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041187B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00411E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041213E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00412BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041475D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00414862&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0041565E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00415F82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00416DED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417244&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004179D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00417F61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042032F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0042255C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004232DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004238FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00423F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425430&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00425763&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00427F7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00430E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431255&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00431770&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00432EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437869&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437A2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00437FD9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004412B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00441F6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044404C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00444326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044533D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004454A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00445CC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0044694E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004479F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00450239&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004513C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004519B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004520BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00452AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004530BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045310D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454966&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004549A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454ABE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00454C79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00455D63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0045617E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004567C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00457EA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00460D60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00461D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00462482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004630D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0046386B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00463C61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00464305&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00465AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004662F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00467E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00470750&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047199D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00471C42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00473E95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047425A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047615A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00477060&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0047739D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004800A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004802DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00480974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00481243&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004826F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00483262&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00485E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004867BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0048717D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004871C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00487279&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004874FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00491F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493054&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004938BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00493DF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0049593F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00496774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004976B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00497EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A1B91&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A2666&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A3E39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A4CA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004A55B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B0C8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B23C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B2BE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B37E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5282&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5497&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B59C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5A30&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B5F5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004B7355&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C1106&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C27B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C297C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C2EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C48C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C574D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C6B41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004C726B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D0EF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1904&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D1AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2656&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2863&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D2F35&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D3FA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4061&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D4BF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D65B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D77CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004D786C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0631&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0A55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E0D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E3548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5057&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E5EE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004E7A41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F0266&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1428&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F14FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F1608&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F25D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F35D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F5D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;004F6C6D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005020AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005021C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00502B54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00503508&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005067A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00506C2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005076D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005107BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005118F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005120C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00512472&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051344B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005136A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0051399D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00513ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00514852&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00520BD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00521568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00523A77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00524CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00525E7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00530D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532406&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00532F8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00533BD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00534FB6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0053672A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005400C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005412A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0054142C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005423F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00542C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005434B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00543BA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544780&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00544DDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00550E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00551610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005518ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00555E0F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00557599&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056015F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560345&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00560D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005610C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005624C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00563F85&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005645B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00565284&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0056609F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567251&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00567515&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570006&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00570399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005723D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00573776&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574102&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005741D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00574B71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00576264&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00581932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058230B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582953&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00582D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005836E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00583BF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0058479D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00584DD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00586216&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587569&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005877EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00587E93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005913B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00591495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593B21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00593EDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059698F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00596AFA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0059749D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597715&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00597ECA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A05FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A0639&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A31D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A3DE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A415C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A5EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005A6E9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B0177&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B03E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B1B67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B2691&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B3703&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B4795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B68ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B71DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005B7C0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C1358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C14AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C281D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C2968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C3119&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C4DD0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005C6824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D0C51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D2BBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3655&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D3B6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D464D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005D7F4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E12E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E18D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E1C7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E27E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E591C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E65BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E69A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005E724D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F2D49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F649F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F6BC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;005F7ADF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006020CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00602E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00603511&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00604B96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006050A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00610326&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006120DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612535&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00612CA3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00614CF9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0061515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D22&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00616D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00620F8C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00621C6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006220C3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0062376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006244BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006252B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626521&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00626C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00627C7E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630977&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00630E77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006327A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633A5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633D2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00633DBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634234&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0063480A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00634F43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00635940&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636368&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00636CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00637DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00640DF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00642AF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643788&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00643CEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064413F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064490F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644C86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644D84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00644F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064528A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006465D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00647164&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0064755F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650052&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00650A10&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006517C1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00651BC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006534C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00653B4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006618A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00663963&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00664A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0066686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067001F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00670D90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00673D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006769B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00676D94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0067700B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00677B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006805DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00680D7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00681C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00682431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006836BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683872&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00683E89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068407B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0068445D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00684548&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00685426&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00686962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006873EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687826&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00687A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00690EBD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00692FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006943C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0069503A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00695847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00696943&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00697F37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A1799&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A3DAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A47BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7A2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006A7D9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B21B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B416C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B5755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006B7D64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C07D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C0C21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C110D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C2F9E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3C8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C3F7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C6F17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006C7959&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D00D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D040A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D05E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D0BFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D1F64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D2399&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D3358&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D4436&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D57B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D5B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D6C33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7B38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006D7EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2578&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E2823&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E37EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E56EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5BC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E5E11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E6D3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006E737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F35D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F3DF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F4577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F5EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;006F74C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007004DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00700F11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703635&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00703A8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704407&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704C80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00704CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00705317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706E84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00706EED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0070701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00707F2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00712C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00713295&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007149C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007154A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00716F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0071760F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717A1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00717D3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00720C39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00722EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00726FF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00727FAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00730625&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00731FD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733A58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00733E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007367D0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00737612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007376F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0073785D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00740281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074177A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00741BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742343&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0074236F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00742B2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00743E86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00745583&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00746F4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007503B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750AB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00750FDF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00751564&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00752293&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0075376B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00754E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007557C8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00756C14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007574F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00757586&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00761272&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00762B14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0076349D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007658D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766065&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00766864&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00770C59&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007716D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00774503&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00776E01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777114&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007776DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00777DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0078043D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00780EB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781947&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00781F4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00783E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00786ABF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00791792&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00792431&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007934E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794B9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00794DDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00796094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0196&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A06BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0774&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0830&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A0A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A10BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A25B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A2D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A30A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A33F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A346F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4504&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4588&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A4C5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A52FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A5482&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A6AEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007A7821&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B08F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B162A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B1EAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B225E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B312F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B44AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B494A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B4B97&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6735&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B6CFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007B7B93&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C05AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C060D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1816&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C1941&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C28D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C2FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007C5CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D1B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D2016&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D278D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D287D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D29BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D394D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D3C4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D456D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4808&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4877&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D4F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D563F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D6445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D69FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007D7727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E0CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E15BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E1840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E2126&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E22F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E3B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E4252&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E5D0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007E6280&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F0A98&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F23A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F2BF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F3619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F38A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F5379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F63E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F66E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F6F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;007F717E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00802445&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00803281&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008042B4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0080478A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008057F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00805D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00806FA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00810C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00812BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813824&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00813D56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814304&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00814A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081507A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00815F5B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081602C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0081623D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00817349&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008179A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820563&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00820972&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008233B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008235ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00823AAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0082437B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824619&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824707&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00824E42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008257B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008277C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00827E0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00831317&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00832854&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833554&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00833CF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00834F9F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008350B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0083701E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00837BB7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008400AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0084050B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00840EF6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00842EB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843496&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00843A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00845E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008478E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008506F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0085122D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00851566&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855C3F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00855D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008607A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00861DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0086211C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008622EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00866A23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008714F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008725F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00873040&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008766B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008777B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008806D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00880CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00882B32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838A2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008838DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00883CCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008851B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00885363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0088552E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008855E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008864F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008911AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891E61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00891ECD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00892E6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00893D18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00894733&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0089498B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895297&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895A5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895C84&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00895D14&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008979ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A118E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A5C2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008A73B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B0395&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B2CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4230&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B4485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B726C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008B737E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C2962&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C355E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C3FA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C4C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6B94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C6BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008C7654&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D145F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D157F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3886&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D3B78&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D450D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4A15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D4BFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D5C58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D60E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D73DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D768C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008D7DDE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E0034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E04B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E110A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1421&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E1B89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E20C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E354B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E4A49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E758C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008E769B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F00C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F02A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0BA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F0D0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F1671&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F2224&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F4D70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F703F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F765B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;008F7B37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009000C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00904470&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00905A56&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009062F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906A65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00906EA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00907A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091010C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00911502&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009130AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009135A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0091686B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00917409&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092007D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009214FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00921695&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923485&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00923712&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0092379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00925D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00927B75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930931&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00930CAA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00931A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00934964&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093592D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0093695B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00936A88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00940FB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00941D9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009422D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00944936&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00945EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00946B3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00947F66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00950BB3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951296&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951E79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00951EE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0095398E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00953AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00954154&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009558CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00955F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00956BE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009570F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009611BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096127B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00961D3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009621D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096366C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009636A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0096544E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009662E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00967613&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00970AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009713B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00971C4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00972570&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00974077&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009752C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00975D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009770B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009772DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009802CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009803C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098044F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00980A0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009827C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098308B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0098319A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00983A38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984615&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00984E41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009851CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986956&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00986DA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009872E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987610&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00987850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00990B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009912BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00991F18&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00992D7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;0099307B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993161&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00993FD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00994EDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995376&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00995E15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009968A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00996CAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009974B6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997A20&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00997FA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A0181&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A11DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A13BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A2F8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A3531&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A4029&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A520A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A5820&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6547&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6593&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A65F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A6EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009A7338&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B1E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B22F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B2954&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B31E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B557E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B5E9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B695C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B6E0D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B7477&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009B74FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C048A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0E8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C0F76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C1A42&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C2925&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C31E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C430A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C526E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5322&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C5DCF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7AFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009C7CFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D3EA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009D738C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E017B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E15B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E2FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E40AD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4AED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E4DD5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E54C5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E572A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009E67D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F01D1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F1F0C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2373&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F2417&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F33C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F549A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F6AD3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;009F7C74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A02035&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A030D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A038CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DCA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A06DE0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07011&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A07BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A101A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A10D5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A138BA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A13912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A15FDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A164A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A16B52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A173F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A1749A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A208E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23448&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A23C8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A24E4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A25E25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A26736&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A27840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A30B09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3135A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A31B74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A3264C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35013&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A35727&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A36198&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A37DCE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A40E96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A41E65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A428E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A44BDC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A46E17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A47C66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A507A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A50F2C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5170E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A517ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A51EC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A52F39&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A5417F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A54E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A56D8B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A572ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57E34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A57F92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A613B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A63DF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A64328&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6463D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6528D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A659DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A66E5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A6760A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A679F3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A70491&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A71107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7161A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A719B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A72289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A74D1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A76575&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A7680F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8022B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A80EEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A817FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A81B06&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82BE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A82EFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8491E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A86247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A8751F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87A6E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A87AA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A91308&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A92160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93CF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A93F4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A94C6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95589&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00A95CBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA027D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0315&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA09A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA0F31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2B45&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA2F41&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA5B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA641A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA6E37&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA76AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AA7A1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2C52&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB2E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB6C25&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AB702A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC1291&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC3289&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC49FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AC77AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD1C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD207D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD22FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD2684&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD3DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4DE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD4EF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AD580B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE0357&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE141E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE153D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE16FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE1981&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE20CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE311A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE391E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE4918&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE543F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE68F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7558&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AE7856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF0E5D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF317A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF3B92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF707F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7488&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00AF7D24&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B00F71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02899&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B028AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B02A7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0319D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03476&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B03D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B042CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0495C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B04D46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B05063&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B058F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B0600C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B06A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B108BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10BAE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10E58&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B10EB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B120D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B127DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B134A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B154C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B15810&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B17787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21462&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B21AE3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B224FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B22606&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B229E0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B24AB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B25E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31378&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B314AF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B31BE1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B32E71&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B35A3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B368A1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36D68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B36E64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B375B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4023A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40AB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B40B1D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4287C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B42BB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B447D6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45B6A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B45FD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B4609B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B46584&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B47CEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B501DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B51913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5242D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B52D54&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B54015&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B550B9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B562F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B56F9D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B5725B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57834&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B57DFC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60105&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B60495&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B606A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61320&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B618BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B61FEB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B6336F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B64E67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B652B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65B9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B65FBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66C72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66DB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B66E2F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70737&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B70D1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B71D23&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B75B4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76221&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B76B90&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B8144E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B83E2B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B85487&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B860F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B86225&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B866AE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B87346&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B91FC2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B92CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B952D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B95E26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B96B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00B97BB9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA0AC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA2A5A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA3E12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA5EC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA712A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BA74D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB0929&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB15CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB424A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB52FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BB63F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC0B6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC13B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC269F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC28F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC2F65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC47E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC4B68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC5AB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC64B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC691B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC6F60&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BC7B72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD0C99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD127A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD206F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD2DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3D6B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD3E4A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4C2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD4F34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5B79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5D1C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD5E46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BD7761&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE0047&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE26E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2836&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE2C88&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3005&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE32F0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3433&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE3FC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE418D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE5510&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE78BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BE7E47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF1D38&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF2EF7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF3025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF399C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF53B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF6555&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF68FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF7538&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF783F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00BF78FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C00840&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0383B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C03FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C04AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C05FA5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C068FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C073A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C0765D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C07BA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C112F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11850&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11C53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C11FA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C13D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C14C03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15527&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C15BA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16219&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C16576&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C17FC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2034F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C20B66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21739&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C21965&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C22A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23E3B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C23FE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C24159&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C241DF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C267FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C2692E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C27E4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30380&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C30889&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C31EA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C3234A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C329FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C371BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C378EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4107B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4159B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C41DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42454&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4281A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42E4F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C42FA8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C4347C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C43559&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C45FFB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C50BB0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C526CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C5358F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C54A26&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56594&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C56B64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57983&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C579AC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C57DA9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C611BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C63871&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64A47&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64C34&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C64CA6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C65C17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C6603A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C67999&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C71072&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C72873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C7385D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74E6C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C74FDB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C76CE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C835CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C84E5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C856BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8779E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C8782A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C91D01&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92A51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C92ED1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C945BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C949AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C951D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C95A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C96F51&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9701A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C9706A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00C97EBC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA1D2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA321E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA43E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA523B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA5FD8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA66A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CA741A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB0104&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB1873&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB2379&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB29C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB3D4E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB4948&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CB49DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC0369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC1DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC2319&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC36F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC505C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC53E1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC6CC1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CC7A0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD03CD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD0856&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1A7A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD1CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD28AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2C1F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2CC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD2D8A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD4A72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD5815&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD600D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6A86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6B3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD6E21&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CD70F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE0BF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE239A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE2E29&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE382F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE3AEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE5813&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7307&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CE7E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF186F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF2AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF360F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3A61&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3D55&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF3F94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4311&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF45D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF4B9C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00CF6C3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00215&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00913&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D00D02&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D01233&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D0143C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02811&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D028EE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D02D79&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D04C63&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D07A8D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D11797&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D132E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13300&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D139CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D13B49&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D143DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D14F33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D156B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D15A3E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D16207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D169EC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D1764A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D2155A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23B48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D23DC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D247A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D251FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D258A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D25EBB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D263A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D26EBF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D27A0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3047B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D3098C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D30DE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D32F19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D344CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D355ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D35915&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D36CB8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37BAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37D7B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D37FE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4029F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D402A0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4156F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D417B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D4314C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D440F5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D443F9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44874&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44EC5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D44F00&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D45019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D470D7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D509B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D5195E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51B0A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D51F86&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D52099&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D533E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54D69&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D54FA2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D550E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D561B3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D56AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D57ED3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D60636&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D610E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D617DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63285&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D63687&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D642CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D64974&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D65207&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D6616F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D67271&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D674A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70932&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D70C3C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D713B7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D7153C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72318&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D72713&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D74247&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D743DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75100&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D755FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D75987&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D76003&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D77A5E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D800FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82241&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D82709&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D844F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D85AE9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D869FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D87F46&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90728&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D90D6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D921A9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D92CF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D93914&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D94669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00D96984&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0523&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA0A3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA142D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA287A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA2DD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA44C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA4D2D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA61E5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA754C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DA7D82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB0041&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB00A3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB03F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB1577&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB2FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB3FB4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB502E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB559F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB654B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB6D8F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB73E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DB7D33&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1107&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC1ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2474&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D13&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC2D95&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DC491A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD07C4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD293E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD296C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD3CA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD40CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD41CE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4226&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD4A32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD5908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD60AB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6386&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD6847&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7160&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD784A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DD7DB5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE0B17&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE101D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE190D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2723&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2D7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE2DAC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE347F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE36CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE3789&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE5E82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE61A5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7B53&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DE7CF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF0612&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF13A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF320E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4623&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF4F3A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF515A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF5D09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7199&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF76ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00DF7BFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E00B65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0189F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E033EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E04468&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E0564C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05A82&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E05FEF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07CC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E07D5C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1013B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1036A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1088D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E10D77&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E11387&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E12ACD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13CA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E13E68&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E14DFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15649&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E15650&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E16E0E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1756C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E1783B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E2049D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E206CA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E21A80&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E22669&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E242B1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E256E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25BCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E25EAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E27E48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E30210&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3122E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E321EF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E32AF0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E34034&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3416B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E368B2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E37032&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E3746C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E405F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E40A92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E4122B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E417DA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E419F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E41C7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E43019&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E44094&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E46AC3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47007&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E47745&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50903&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E50988&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E52130&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53ACE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E53F08&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E547F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E54DA4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E5664F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E606B8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6084B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E60867&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E614E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E618F1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E61E03&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6270E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E62B0B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E63025&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E632F8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E642BF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E644B5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E65907&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E66BC7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E6702C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E670A6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E676E7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67755&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E67DD7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E70E7F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E71BF5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E72CC8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E73098&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E739C6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E7423D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75ABC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E75F67&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E764CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E77091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E80C7C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E811B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E814DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E815BC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83B28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E83C87&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E86329&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E914DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E91CC4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E935D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E93DCB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9424B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E949F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E955FA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E96369&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E9639E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97401&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E979AA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00E97AFD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA121F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA167C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA2CF8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA3B04&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4A2E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA4E92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EA74ED&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB0CBE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB12DE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB1371&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB25F6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB2611&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6868&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EB6A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC0270&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC118F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1489&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC1B43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC35BD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3787&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC39EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E2A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC3E44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4BB1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC4C09&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC504B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EC5CC0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED0837&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED14FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED29FC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED30D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED4DA7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5697&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED5CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED6152&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED738F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7AE7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00ED7CE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1A76&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE1CAF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE24FD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE37D2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3800&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3B05&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE3D44&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4AF4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE4B1E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE59D8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE689C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE7137&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EE748E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0083&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0479&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0644&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A62&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0A8E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF0F3D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF173E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1CEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F1B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF1F36&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF2A70&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3640&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF379E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF3C75&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4574&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF4766&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00EF6DF3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01AE5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F01DB2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F02EBA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F04193&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F06870&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F102C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F10912&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F112FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F116E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F12EE4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1328F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F139E8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F15901&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F160DB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16722&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F16A94&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F172BB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F1770C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F17A12&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F22093&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23A1A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D65&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F23D9B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F2583E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F269EB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F270A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30F7D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F30FEC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F310F7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F312E6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31979&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F319FB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31BEE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F31DFF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F32414&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F331E2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F33822&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F340CC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F344E9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F36F48&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F3748A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F377E4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4263D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F4492E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F45278&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F457C0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F46F9A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F47422&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51D32&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F51FDD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F532BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F5391D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F53A74&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F541CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F54F72&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F561DD&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F56C96&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F576BE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F57A66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6053F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F60F15&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F63664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64467&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64AE8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F64C31&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65359&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6543D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65908&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F65B07&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66363&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66603&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F6693E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F66A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F672C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F67BF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F70C92&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F721A7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FAB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F75FDA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F768A4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F77303&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80250&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80364&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F80968&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81952&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81CFE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F81D66&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F846F2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F855D5&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F85D19&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F8673A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F875D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F91155&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F935C7&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F937C9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9489F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96125&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9630E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F96AD6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F970DC&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F9775A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00F978FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA1664&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA332C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA5A4B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA60B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FA7361&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0568&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0795&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB0A50&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1091&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB1413&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB2283&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB388C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB64FE&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6689&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB687B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB6F40&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB71CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FB7AF1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0176&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0A43&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC0FE6&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC21CB&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC23D4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC25CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4189&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC4595&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC496D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC674F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FC7729&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD1D28&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD3890&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD4432&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD49F4&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD5CD2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD650D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD6FA1&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD722E&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FD7A64&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE04A8&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE20B0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2A4C&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE2F6F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3E81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE3EA0&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE47FF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE49C2&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE50E3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE595A&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6463&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6C4D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FE6F99&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF08D3&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF0B81&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF19EA&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2288&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF24CF&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF2AC9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF450B&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4D11&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF4F89&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF557D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF56D9&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF611F&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF622D&quot;/&gt;&lt;wsp:rsid wsp:val=&quot;00FF788C&quot;/&gt;&lt;/wsp:rsids&gt;&lt;/w:docPr&gt;&lt;w:body&gt;&lt;wx:sect&gt;&lt;w:p wsp:rsidR=&quot;00000000&quot; wsp:rsidRDefault=&quot;004B2BE4&quot; wsp:rsidP=&quot;004B2BE4&quot;&gt;&lt;m:oMathPara&gt;&lt;m:oMath&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;y&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t,&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;вѓ—&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О»&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;=&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;A&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;g&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;ci&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;cos&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:begChr m:val=&quot;[&quot;/&gt;&lt;m:endChr m:val=&quot;]&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;m:rPr&gt;&lt;m:sty m:val=&quot;p&quot;/&gt;&lt;/m:rPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;О”&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;b&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;-&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:f&gt;&lt;m:fPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:fPr&gt;&lt;m:num&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П‰&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:num&gt;&lt;m:den&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;c&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:den&gt;&lt;/m:f&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:acc&gt;&lt;m:accPr&gt;&lt;m:chr m:val=&quot;М‡&quot;/&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:accPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;r&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:acc&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:d&gt;&lt;m:dPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:dPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;t+&lt;/m:t&gt;&lt;/m:r&gt;&lt;m:sSub&gt;&lt;m:sSubPr&gt;&lt;m:ctrlPr&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;/m:ctrlPr&gt;&lt;/m:sSubPr&gt;&lt;m:e&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;П†&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;m:sub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;0i&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:sub&gt;&lt;/m:sSub&gt;&lt;m:r&gt;&lt;w:rPr&gt;&lt;w:rFonts w:ascii=&quot;Cambria Math&quot; w:h-ansi=&quot;Cambria Math&quot;/&gt;&lt;wx:font wx:val=&quot;Cambria Math&quot;/&gt;&lt;w:i/&gt;&lt;w:lang w:val=&quot;UK&quot;/&gt;&lt;/w:rPr&gt;&lt;m:t&gt;(t)&lt;/m:t&gt;&lt;/m:r&gt;&lt;/m:e&gt;&lt;/m:d&gt;&lt;/m:oMath&gt;&lt;/m:oMathPara&gt;&lt;/w:p&gt;&lt;w:sectPr wsp:rsidR=&quot;00000000&quot;&gt;&lt;w:pgSz w:w=&quot;12240&quot; w:h=&quot;15840&quot;/&gt;&lt;w:pgMar w:top=&quot;1440&quot; w:right=&quot;1440&quot; w:bottom=&quot;1440&quot; w:left=&quot;1440&quot; w:header=&quot;720&quot; w:footer=&quot;720&quot; w:gutter=&quot;0&quot;/&gt;&lt;w:cols w:space=&quot;720&quot;/&gt;&lt;/w:sectPr&gt;&lt;/wx:sect&gt;&lt;/w:body&gt;&lt;/w:wordDocument&gt;">
             <v:imagedata r:id="rId31" o:title="" chromakey="white"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4438E8" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
@@ -1431,92 +1362,92 @@
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>залежних радіолокаційних систем спостереження</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, так як для кожного конкретного виміряного положення повітряного судна </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="920" w:dyaOrig="360" w14:anchorId="5B6A0630">
-          <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:50.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:50.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1832643145" r:id="rId32"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1834392223" r:id="rId32"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вона не дозволяє зробити висновок про те, що помилки </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>залежних систем спостереження</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> повітряного простору перевершили величину </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:position w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:object w:dxaOrig="320" w:dyaOrig="360" w14:anchorId="0D7C3B27">
-          <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:17.25pt;height:17.25pt" o:ole="">
+          <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:17.4pt;height:17.4pt" o:ole="">
             <v:imagedata r:id="rId25" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1832643146" r:id="rId33"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1834392224" r:id="rId33"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="774808D9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00AB1C37" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1605,375 +1536,378 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D390229" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Список літератури:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F14D0C8" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="6F14D0C8" w14:textId="300F49DA" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="00281587" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">F. L. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>F. L. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Neindre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, G. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>, G. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Ferre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, D. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>, D. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Dallet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, F. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>, F. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Letellier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> K. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Pitois</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve">, “A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t>successive</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>Successive</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t>interference</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>Interference</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t>cancellation-based</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>Cancellation-based</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t>receiver</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>Receiver</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Secondary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Surveillance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t>Radar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>IEEE</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trans. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Aerosp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Electron. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Syst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+        </w:rPr>
+        <w:t>. 1–12, 2022.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-[...3 lines deleted...]
-        <w:t>Transactions</w:t>
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...81 lines deleted...]
-        <w:t>. 1–12, 2022. doi:10.1109/taes.2022.3193649</w:t>
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1109/taes.2022.3193649</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="citation-content"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9A8C75" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Свид </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -2236,217 +2170,249 @@
         </w:rPr>
         <w:t>Notes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Electrical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Engineering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>pp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. 707–715, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Jun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>. 2019.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678F283B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="678F283B" w14:textId="55910863" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">I. V. Svyd, Comparative analysis of the quality of detection of air objects by secondary radar systems, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Radiotekhnika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, no. 213, pp. 78–87, 2023. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F20D53">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B939D7">
-[...4 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00281587" w:rsidRPr="004D46F1">
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://doi.org/</w:t>
+        </w:r>
+        <w:r w:rsidR="00281587" w:rsidRPr="004D46F1">
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>10.30837/rt.2023.2.213.09</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>10.30837/rt.2023.2.213.09.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A073B84" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Обод </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І.І</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">., Шевцова </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>В.В</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>. Порівняльний аналіз запитальних систем передачі інформації системи контролю повітряного простору. Збірник наукових праць Харківського національного університету Повітряних Сил. 2013. № 1(34). С. 123-125.</w:t>
+        <w:t xml:space="preserve">. Порівняльний аналіз запитальних систем передачі інформації системи контролю повітряного простору. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Збірник наукових праць Харківського національного університету Повітряних Си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>л. 2013. № 1(34). С. 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0283403A" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A. Moses, M. J. Rutherford, and K. P. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2583,138 +2549,168 @@
         </w:rPr>
         <w:t>Eronautical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> DEF SCI J, 2001, Vol. 51, № 3, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. 279–283.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB3700E" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="3CB3700E" w14:textId="2D193BF3" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">V. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Semenets</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et al., “Method of increasing the relative throughput of requesting radar systems,” </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., “Method of increasing the relative throughput of requesting radar systems,” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Przegląd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001235FD">
-        <w:rPr>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Elektrotechniczny</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, vol. 1, no. 11, 2022, pp. 99–103, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B939D7">
-[...4 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00281587" w:rsidRPr="004D46F1">
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://doi.org/</w:t>
+        </w:r>
+        <w:r w:rsidR="00281587" w:rsidRPr="004D46F1">
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>10.15199/48.2022.11.17</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>10.15199/48.2022.11.17.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADE8EEA" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="4ADE8EEA" w14:textId="5967C356" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Обод </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І.І</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2756,51 +2752,77 @@
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Андрусевич</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>В.А</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>. Методи підвищення якості інформаційного забезпечення системами спостереження повітряного простору. Системи обробки інформації. 2014. № 4(120). С. 53-55.</w:t>
+        <w:t xml:space="preserve">. Методи підвищення якості інформаційного забезпечення системами спостереження повітряного простору. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Системи обробки інформації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>. 2014. № 4(120). С.</w:t>
+      </w:r>
+      <w:r w:rsidR="00281587">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001235FD">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>53-55.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="571D7BAD" w14:textId="44E00E26" w:rsidR="007C7B3E" w:rsidRPr="00B939D7" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Комплексне інформаційне забезпечення систем управління польотами авіації та протиповітряної оборони / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -2896,51 +2918,51 @@
         </w:rPr>
         <w:t>І.О</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. Романенко. К.: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>МОУ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, 2004. 342 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211E7F6E" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="211E7F6E" w14:textId="7BFE144A" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Федоров </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А.В</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3010,64 +3032,92 @@
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>О.В</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. Визначення координат повітряних об’єктів системою приймачів </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ADS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B939D7">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">-B з застосуванням технології MLAT в умовах багатоцільової обстановки. Системи обробки інформації. 2022. № 1 (168). C. 43-51. https://doi.org/10.30748/soi.2022.168.05. </w:t>
+        <w:t xml:space="preserve">-B з застосуванням технології MLAT в умовах багатоцільової обстановки. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Системи обробки інформації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2022. № 1 (168). C. 43-51. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00281587" w:rsidRPr="004D46F1">
+          <w:rPr>
+            <w:rStyle w:val="af5"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.30748/soi.2022.168.05</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B939D7">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A0B61CC" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="003E788C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11B3A9DA" w14:textId="5D062CDF" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
-[...1 lines deleted...]
-        <w:spacing w:after="29"/>
+    <w:p w14:paraId="11B3A9DA" w14:textId="19DFB270" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="00A42010">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Надійшла до редколегії  </w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
@@ -3087,129 +3137,143 @@
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00BE6557">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D10C51">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00D10C51">
+      <w:r w:rsidR="001A2321">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00BE6557">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
+        <w:t>прийнята до друку  2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D10C51">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE6557">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51" w:rsidRPr="001235FD">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D10C51">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D10C51">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE6557">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2321">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10C51">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>опублікована  27.06.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6557">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3487C266" w14:textId="3846BC09" w:rsidR="007C7B3E" w:rsidRPr="003E788C" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="3487C266" w14:textId="3846BC09" w:rsidR="007C7B3E" w:rsidRPr="003E788C" w:rsidRDefault="007C7B3E" w:rsidP="00A42010">
       <w:pPr>
         <w:spacing w:after="29"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5739915B" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:color w:val="00000A"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:color w:val="00000A"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Відомості про авторів:</w:t>
       </w:r>
     </w:p>
@@ -3339,80 +3403,80 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, Україна; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009A682C">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>iryna.svyd@cnu.edu.ua</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0002-4635-6542</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0C651A84" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ігнатюк</w:t>
       </w:r>
@@ -3440,51 +3504,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kharkiv National University of Radio Electronics</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, Україна; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ivan</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ihnatiuk</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>@</w:t>
@@ -3508,51 +3572,51 @@
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0005-1988-543X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1DB6F4D9" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="af5"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -3582,51 +3646,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kharkiv National University of Radio Electronics</w:t>
       </w:r>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, Україна; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>oleh</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>shuniborov</w:t>
         </w:r>
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>@</w:t>
@@ -3649,542 +3713,726 @@
             <w:rStyle w:val="af5"/>
           </w:rPr>
           <w:t>ua</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001235FD">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="001235FD">
           <w:rPr>
             <w:rStyle w:val="af5"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0007-0352-0027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0EDBF9D5" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="280C216B" w14:textId="7595F039" w:rsidR="007C7B3E" w:rsidRPr="00075ABF" w:rsidRDefault="00075ABF" w:rsidP="00075ABF">
+    <w:p w14:paraId="280C216B" w14:textId="50868DA3" w:rsidR="007C7B3E" w:rsidRPr="00281587" w:rsidRDefault="00075ABF" w:rsidP="00075ABF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Стаття поширюється на ум</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0048109C">
+        <w:t xml:space="preserve">Стаття поширюється на умовах ліцензії </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0048109C">
+        <w:t>Creative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">вах ліцензії </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Creative</w:t>
+        <w:t>Commons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Commons</w:t>
+        <w:t>Attribution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 4.0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Attribution</w:t>
+        <w:t>International</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4.0 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0048109C">
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>International</w:t>
+        <w:t>License</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00075ABF">
-[...3 lines deleted...]
-          <w:iCs w:val="0"/>
+      <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="3805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0048109C" w:rsidRPr="001B15D7" w14:paraId="568EDACB" w14:textId="1563086A" w:rsidTr="0048109C">
+      <w:tr w:rsidR="0048109C" w:rsidRPr="001B15D7" w14:paraId="568EDACB" w14:textId="1563086A" w:rsidTr="004E00CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B238650" w14:textId="77777777" w:rsidR="0048109C" w:rsidRPr="001B15D7" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+          <w:p w14:paraId="4B238650" w14:textId="111C890A" w:rsidR="0048109C" w:rsidRPr="00281587" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText>INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" \* MERGEFORMATINET</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict w14:anchorId="645F5FEE">
-                <v:shape id="_x0000_i1053" type="#_x0000_t75" alt="undefined" style="width:14.25pt;height:14.25pt">
-                  <v:imagedata r:id="rId40" r:href="rId41"/>
+                <v:shape id="_x0000_i1043" type="#_x0000_t75" alt="undefined" style="width:14.4pt;height:14.4pt">
+                  <v:imagedata r:id="rId44" r:href="rId45"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:instrText>INCLUDEPICTURE  "https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:instrText>-by_new.svg.png" \* MERGEFORMATINET</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
               <w:pict w14:anchorId="39F01A08">
-                <v:shape id="_x0000_i1054" type="#_x0000_t75" alt="undefined" style="width:14.25pt;height:14.25pt">
-                  <v:imagedata r:id="rId42" r:href="rId43"/>
+                <v:shape id="_x0000_i1044" type="#_x0000_t75" alt="undefined" style="width:14.4pt;height:14.4pt">
+                  <v:imagedata r:id="rId46" r:href="rId47"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D2370E" w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="00A35784" w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="00DC443B" w:rsidRPr="00281587">
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00DF2325" w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00281587">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
+              <w:rPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE48A00" w14:textId="77777777" w:rsidR="0048109C" w:rsidRPr="001B15D7" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+          <w:p w14:paraId="2CE48A00" w14:textId="67A71D51" w:rsidR="0048109C" w:rsidRPr="00281587" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B15D7">
+            <w:r w:rsidRPr="00281587">
               <w:rPr>
                 <w:rStyle w:val="tool-identifier"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00075ABF">
+            <w:r w:rsidR="004E00CA" w:rsidRPr="00281587">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> BY </w:t>
-[...14 lines deleted...]
-              <w:t>.0</w:t>
+              <w:t xml:space="preserve"> BY 4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13467CCA" w14:textId="125C7ACC" w:rsidR="0048109C" w:rsidRPr="0048109C" w:rsidRDefault="0048109C" w:rsidP="00FA7260">
+          <w:p w14:paraId="13467CCA" w14:textId="2A330833" w:rsidR="0048109C" w:rsidRPr="00281587" w:rsidRDefault="00281587" w:rsidP="00FA7260">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="tool-identifier"/>
-                <w:lang w:val="uk-UA"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidRPr="0048109C">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="00281587">
                 <w:rPr>
                   <w:rStyle w:val="af5"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
                 <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="746AD2D2" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75D34C98" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="462E64FF" w14:textId="0E82FFF1" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="462E64FF" w14:textId="55DDAAEF" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52A17826" w14:textId="77777777" w:rsidR="00075ABF" w:rsidRDefault="00075ABF" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE55530" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
           <w:tab w:val="left" w:pos="584"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>UDC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 621.396.96</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05020861" w14:textId="0620D977" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evaluation of the quality of radar information of dependent cooperative surveillance systems</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>I.V. Svyd</w:t>
-      </w:r>
+        <w:t xml:space="preserve">I.V. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00782230">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Svyd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I.V.</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
@@ -4346,83 +4594,103 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>radar system; information; estimation; quality; cooperative system; dependent observation; aircraft; signal; detection probability; coordinate information</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:rStyle w:val="tlid-translation"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>integrity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A9A0CF" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="33A9A0CF" w14:textId="49806452" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="00B67583" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B67583">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67583">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>tabl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67583">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E6382A">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00E6382A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> fig. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00782230">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ref: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00782230">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> items.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8AE172" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
           <w:tab w:val="left" w:pos="584"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23F78764" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="272"/>
@@ -4678,185 +4946,191 @@
     </w:p>
     <w:p w14:paraId="377F3D1C" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:i/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ключові слова:</w:t>
       </w:r>
       <w:r w:rsidRPr="00782230">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> радіолокаційна система; інформація; оцінка; якість; кооперативна система; залежне спостереження; повітряне судно; сигнал; ймовірність виявлення; координатна інформація; цілісність.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27582D38" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
+    <w:p w14:paraId="27582D38" w14:textId="604D916E" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="00B67583" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B67583">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Табл. 2. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00551F8A">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00551F8A">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Іл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00551F8A">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00551F8A">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00551F8A">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00551F8A">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00782230">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Бібліогр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00782230">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">.: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007C7B3E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00782230">
+      <w:r w:rsidR="007C7B3E" w:rsidRPr="00782230">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> назв.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCB9335" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="00782230" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:widowControl/>
         <w:ind w:firstLine="454"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28DB5E9A" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02C907A6" w14:textId="77777777" w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidRDefault="007C7B3E" w:rsidP="007C7B3E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="454"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C7B3E" w:rsidRPr="001235FD" w:rsidSect="00006E31">
-      <w:footerReference w:type="even" r:id="rId45"/>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="even" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1418" w:left="1134" w:header="0" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="17"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0220">
       <wne:acd wne:acdName="acd0"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:acdManifest>
       <wne:acdEntry wne:acdName="acd0"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:argValue="AgAgBEIEIAAxADUANQAgABcEPQQwBDoE" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78430B69" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
+    <w:p w14:paraId="6751A72A" w14:textId="77777777" w:rsidR="00D2370E" w:rsidRDefault="00D2370E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5589214B" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
+    <w:p w14:paraId="4C7957C2" w14:textId="77777777" w:rsidR="00D2370E" w:rsidRDefault="00D2370E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4867,117 +5141,112 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesET">
     <w:altName w:val="Courier New"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AKFDDE+TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nimbus Roman No9 L">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Academy Ho">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000207" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000017" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SchoolBook">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nimbus Sans L">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -5256,97 +5525,97 @@
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="63B5AAA3" w14:textId="68525E22" w:rsidR="006B1C6C" w:rsidRPr="0046108C" w:rsidRDefault="006B1C6C" w:rsidP="001D00CF">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="791B2992" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
+    <w:p w14:paraId="65C35932" w14:textId="77777777" w:rsidR="00D2370E" w:rsidRDefault="00D2370E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6001FBC9" w14:textId="77777777" w:rsidR="00D741F8" w:rsidRDefault="00D741F8">
+    <w:p w14:paraId="020BD230" w14:textId="77777777" w:rsidR="00D2370E" w:rsidRDefault="00D2370E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1446" type="#_x0000_t75" style="width:20.25pt;height:24.75pt" o:bullet="t">
+      <v:shape id="_x0000_i1284" type="#_x0000_t75" style="width:20.4pt;height:24.6pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1447" type="#_x0000_t75" style="width:25.9pt;height:9pt" o:bullet="t">
+      <v:shape id="_x0000_i1285" type="#_x0000_t75" style="width:25.8pt;height:9pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="322A05F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -10020,57 +10289,56 @@
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
   <w:hyphenationZone w:val="312"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
@@ -10368,50 +10636,51 @@
     <w:rsid w:val="00171523"/>
     <w:rsid w:val="00172A19"/>
     <w:rsid w:val="00172EAE"/>
     <w:rsid w:val="00172FD5"/>
     <w:rsid w:val="00173802"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="00176DA7"/>
     <w:rsid w:val="001774B6"/>
     <w:rsid w:val="00181BED"/>
     <w:rsid w:val="001845F8"/>
     <w:rsid w:val="00186891"/>
     <w:rsid w:val="0018780D"/>
     <w:rsid w:val="00190677"/>
     <w:rsid w:val="00192F95"/>
     <w:rsid w:val="00193810"/>
     <w:rsid w:val="00193B63"/>
     <w:rsid w:val="001948A2"/>
     <w:rsid w:val="00195AFF"/>
     <w:rsid w:val="001963D6"/>
     <w:rsid w:val="0019743D"/>
     <w:rsid w:val="00197753"/>
     <w:rsid w:val="001977F3"/>
     <w:rsid w:val="001A0923"/>
     <w:rsid w:val="001A0D6E"/>
     <w:rsid w:val="001A21C5"/>
+    <w:rsid w:val="001A2321"/>
     <w:rsid w:val="001A238D"/>
     <w:rsid w:val="001A2564"/>
     <w:rsid w:val="001A3A58"/>
     <w:rsid w:val="001A4A6B"/>
     <w:rsid w:val="001A6741"/>
     <w:rsid w:val="001A678E"/>
     <w:rsid w:val="001A6A34"/>
     <w:rsid w:val="001A7546"/>
     <w:rsid w:val="001B0A84"/>
     <w:rsid w:val="001B101A"/>
     <w:rsid w:val="001B1230"/>
     <w:rsid w:val="001B15D7"/>
     <w:rsid w:val="001B1D88"/>
     <w:rsid w:val="001B3276"/>
     <w:rsid w:val="001B3F66"/>
     <w:rsid w:val="001B58C2"/>
     <w:rsid w:val="001B71F4"/>
     <w:rsid w:val="001B77D5"/>
     <w:rsid w:val="001C0DE0"/>
     <w:rsid w:val="001C14D4"/>
     <w:rsid w:val="001C1567"/>
     <w:rsid w:val="001C15D4"/>
     <w:rsid w:val="001C2D29"/>
     <w:rsid w:val="001C2D5F"/>
     <w:rsid w:val="001C3FF8"/>
@@ -10551,50 +10820,51 @@
     <w:rsid w:val="002668D5"/>
     <w:rsid w:val="002678C6"/>
     <w:rsid w:val="00267C64"/>
     <w:rsid w:val="00267D06"/>
     <w:rsid w:val="00267D66"/>
     <w:rsid w:val="002704D0"/>
     <w:rsid w:val="00270EF9"/>
     <w:rsid w:val="002711AC"/>
     <w:rsid w:val="002717DE"/>
     <w:rsid w:val="0027247D"/>
     <w:rsid w:val="00272609"/>
     <w:rsid w:val="0027274C"/>
     <w:rsid w:val="0027381A"/>
     <w:rsid w:val="00273AE5"/>
     <w:rsid w:val="00274562"/>
     <w:rsid w:val="002747DB"/>
     <w:rsid w:val="00275CC3"/>
     <w:rsid w:val="00276119"/>
     <w:rsid w:val="002763AC"/>
     <w:rsid w:val="002769F7"/>
     <w:rsid w:val="00276C85"/>
     <w:rsid w:val="00277838"/>
     <w:rsid w:val="00277F41"/>
     <w:rsid w:val="002804FD"/>
     <w:rsid w:val="002814D8"/>
+    <w:rsid w:val="00281587"/>
     <w:rsid w:val="0028180E"/>
     <w:rsid w:val="00282157"/>
     <w:rsid w:val="00282B40"/>
     <w:rsid w:val="002854A4"/>
     <w:rsid w:val="00285D34"/>
     <w:rsid w:val="002860EC"/>
     <w:rsid w:val="002860F7"/>
     <w:rsid w:val="00286500"/>
     <w:rsid w:val="00286936"/>
     <w:rsid w:val="00290EB6"/>
     <w:rsid w:val="0029132B"/>
     <w:rsid w:val="00291A2C"/>
     <w:rsid w:val="00293C65"/>
     <w:rsid w:val="002947A2"/>
     <w:rsid w:val="00295147"/>
     <w:rsid w:val="00295AF9"/>
     <w:rsid w:val="00295BF1"/>
     <w:rsid w:val="00295EF9"/>
     <w:rsid w:val="002A0060"/>
     <w:rsid w:val="002A2FAD"/>
     <w:rsid w:val="002A3F4A"/>
     <w:rsid w:val="002A425C"/>
     <w:rsid w:val="002A4EE1"/>
     <w:rsid w:val="002A5128"/>
     <w:rsid w:val="002A515A"/>
@@ -11056,78 +11326,80 @@
     <w:rsid w:val="004C2EDC"/>
     <w:rsid w:val="004C30CB"/>
     <w:rsid w:val="004C3C4A"/>
     <w:rsid w:val="004C48C9"/>
     <w:rsid w:val="004C574D"/>
     <w:rsid w:val="004C6B41"/>
     <w:rsid w:val="004C726B"/>
     <w:rsid w:val="004D0782"/>
     <w:rsid w:val="004D0D3F"/>
     <w:rsid w:val="004D0EF0"/>
     <w:rsid w:val="004D1904"/>
     <w:rsid w:val="004D1AB0"/>
     <w:rsid w:val="004D2656"/>
     <w:rsid w:val="004D2863"/>
     <w:rsid w:val="004D2F35"/>
     <w:rsid w:val="004D3513"/>
     <w:rsid w:val="004D3FA6"/>
     <w:rsid w:val="004D4040"/>
     <w:rsid w:val="004D4061"/>
     <w:rsid w:val="004D4A9F"/>
     <w:rsid w:val="004D4BF7"/>
     <w:rsid w:val="004D65B4"/>
     <w:rsid w:val="004D69CC"/>
     <w:rsid w:val="004D77CC"/>
     <w:rsid w:val="004D786C"/>
+    <w:rsid w:val="004E00CA"/>
     <w:rsid w:val="004E0631"/>
     <w:rsid w:val="004E0A54"/>
     <w:rsid w:val="004E0A55"/>
     <w:rsid w:val="004E0D6B"/>
     <w:rsid w:val="004E3548"/>
     <w:rsid w:val="004E4797"/>
     <w:rsid w:val="004E5057"/>
     <w:rsid w:val="004E54E5"/>
     <w:rsid w:val="004E5EE0"/>
     <w:rsid w:val="004E6416"/>
     <w:rsid w:val="004E7A41"/>
     <w:rsid w:val="004F0266"/>
     <w:rsid w:val="004F1428"/>
     <w:rsid w:val="004F14FB"/>
     <w:rsid w:val="004F1608"/>
     <w:rsid w:val="004F25D8"/>
     <w:rsid w:val="004F35D9"/>
     <w:rsid w:val="004F5181"/>
     <w:rsid w:val="004F5D77"/>
     <w:rsid w:val="004F6C6D"/>
     <w:rsid w:val="00501F5F"/>
     <w:rsid w:val="005020AF"/>
     <w:rsid w:val="005021C0"/>
     <w:rsid w:val="00502B54"/>
     <w:rsid w:val="00503159"/>
     <w:rsid w:val="00503508"/>
     <w:rsid w:val="005067A6"/>
     <w:rsid w:val="00506C2F"/>
+    <w:rsid w:val="00507003"/>
     <w:rsid w:val="00507068"/>
     <w:rsid w:val="005076D1"/>
     <w:rsid w:val="00507C5F"/>
     <w:rsid w:val="0051018F"/>
     <w:rsid w:val="005107BC"/>
     <w:rsid w:val="005117A2"/>
     <w:rsid w:val="005118F3"/>
     <w:rsid w:val="00512472"/>
     <w:rsid w:val="005125D2"/>
     <w:rsid w:val="0051344B"/>
     <w:rsid w:val="005136A7"/>
     <w:rsid w:val="00513ACD"/>
     <w:rsid w:val="00514554"/>
     <w:rsid w:val="00514852"/>
     <w:rsid w:val="0051648A"/>
     <w:rsid w:val="00520BD7"/>
     <w:rsid w:val="00521568"/>
     <w:rsid w:val="00521571"/>
     <w:rsid w:val="005221A4"/>
     <w:rsid w:val="00523035"/>
     <w:rsid w:val="00523A77"/>
     <w:rsid w:val="00524A58"/>
     <w:rsid w:val="00524CB2"/>
     <w:rsid w:val="00525E7B"/>
     <w:rsid w:val="0053024A"/>
@@ -11357,50 +11629,51 @@
     <w:rsid w:val="00677B48"/>
     <w:rsid w:val="006805DB"/>
     <w:rsid w:val="006808C7"/>
     <w:rsid w:val="00680D7D"/>
     <w:rsid w:val="00681C6A"/>
     <w:rsid w:val="00682431"/>
     <w:rsid w:val="006836BB"/>
     <w:rsid w:val="00683872"/>
     <w:rsid w:val="00683E89"/>
     <w:rsid w:val="0068407B"/>
     <w:rsid w:val="0068445D"/>
     <w:rsid w:val="00684548"/>
     <w:rsid w:val="00685426"/>
     <w:rsid w:val="00686962"/>
     <w:rsid w:val="006873EE"/>
     <w:rsid w:val="00687826"/>
     <w:rsid w:val="00687A12"/>
     <w:rsid w:val="00690EBD"/>
     <w:rsid w:val="00692453"/>
     <w:rsid w:val="00692FA4"/>
     <w:rsid w:val="00693816"/>
     <w:rsid w:val="006943C9"/>
     <w:rsid w:val="0069503A"/>
     <w:rsid w:val="00695847"/>
     <w:rsid w:val="00696943"/>
+    <w:rsid w:val="00697F28"/>
     <w:rsid w:val="00697F37"/>
     <w:rsid w:val="006A1799"/>
     <w:rsid w:val="006A3D81"/>
     <w:rsid w:val="006A3DAE"/>
     <w:rsid w:val="006A47BA"/>
     <w:rsid w:val="006A5BCD"/>
     <w:rsid w:val="006A7409"/>
     <w:rsid w:val="006A7A2B"/>
     <w:rsid w:val="006A7D9F"/>
     <w:rsid w:val="006B0034"/>
     <w:rsid w:val="006B0691"/>
     <w:rsid w:val="006B1C6C"/>
     <w:rsid w:val="006B21B1"/>
     <w:rsid w:val="006B405C"/>
     <w:rsid w:val="006B416C"/>
     <w:rsid w:val="006B5755"/>
     <w:rsid w:val="006B5D83"/>
     <w:rsid w:val="006B71CF"/>
     <w:rsid w:val="006B7D64"/>
     <w:rsid w:val="006C07D9"/>
     <w:rsid w:val="006C085B"/>
     <w:rsid w:val="006C0C21"/>
     <w:rsid w:val="006C110D"/>
     <w:rsid w:val="006C184A"/>
     <w:rsid w:val="006C2735"/>
@@ -12050,57 +12323,59 @@
     <w:rsid w:val="00A138BA"/>
     <w:rsid w:val="00A13912"/>
     <w:rsid w:val="00A144CF"/>
     <w:rsid w:val="00A14B8A"/>
     <w:rsid w:val="00A164A3"/>
     <w:rsid w:val="00A16B52"/>
     <w:rsid w:val="00A173F7"/>
     <w:rsid w:val="00A1749A"/>
     <w:rsid w:val="00A208A9"/>
     <w:rsid w:val="00A208E2"/>
     <w:rsid w:val="00A23448"/>
     <w:rsid w:val="00A23C8E"/>
     <w:rsid w:val="00A24E4D"/>
     <w:rsid w:val="00A25251"/>
     <w:rsid w:val="00A25E25"/>
     <w:rsid w:val="00A26736"/>
     <w:rsid w:val="00A27840"/>
     <w:rsid w:val="00A30344"/>
     <w:rsid w:val="00A30B09"/>
     <w:rsid w:val="00A3135A"/>
     <w:rsid w:val="00A31B74"/>
     <w:rsid w:val="00A3264C"/>
     <w:rsid w:val="00A3429C"/>
     <w:rsid w:val="00A35013"/>
     <w:rsid w:val="00A35727"/>
+    <w:rsid w:val="00A35784"/>
     <w:rsid w:val="00A35EAD"/>
     <w:rsid w:val="00A36198"/>
     <w:rsid w:val="00A36AA5"/>
     <w:rsid w:val="00A37DCE"/>
     <w:rsid w:val="00A40E4B"/>
     <w:rsid w:val="00A40E96"/>
     <w:rsid w:val="00A41E65"/>
+    <w:rsid w:val="00A42010"/>
     <w:rsid w:val="00A428E6"/>
     <w:rsid w:val="00A44BDC"/>
     <w:rsid w:val="00A4599B"/>
     <w:rsid w:val="00A46CFB"/>
     <w:rsid w:val="00A46E17"/>
     <w:rsid w:val="00A4741C"/>
     <w:rsid w:val="00A47C66"/>
     <w:rsid w:val="00A5035C"/>
     <w:rsid w:val="00A50495"/>
     <w:rsid w:val="00A507A4"/>
     <w:rsid w:val="00A50D77"/>
     <w:rsid w:val="00A50F2C"/>
     <w:rsid w:val="00A5170E"/>
     <w:rsid w:val="00A517ED"/>
     <w:rsid w:val="00A51EC2"/>
     <w:rsid w:val="00A528FA"/>
     <w:rsid w:val="00A52F39"/>
     <w:rsid w:val="00A5417F"/>
     <w:rsid w:val="00A54984"/>
     <w:rsid w:val="00A54AE4"/>
     <w:rsid w:val="00A54E12"/>
     <w:rsid w:val="00A55590"/>
     <w:rsid w:val="00A56D8B"/>
     <w:rsid w:val="00A572ED"/>
     <w:rsid w:val="00A57559"/>
@@ -12299,50 +12574,51 @@
     <w:rsid w:val="00B5725B"/>
     <w:rsid w:val="00B57834"/>
     <w:rsid w:val="00B57DFC"/>
     <w:rsid w:val="00B57FC2"/>
     <w:rsid w:val="00B60105"/>
     <w:rsid w:val="00B60495"/>
     <w:rsid w:val="00B606A6"/>
     <w:rsid w:val="00B61320"/>
     <w:rsid w:val="00B618BF"/>
     <w:rsid w:val="00B61ACD"/>
     <w:rsid w:val="00B61FEB"/>
     <w:rsid w:val="00B63114"/>
     <w:rsid w:val="00B6336F"/>
     <w:rsid w:val="00B63C79"/>
     <w:rsid w:val="00B64E67"/>
     <w:rsid w:val="00B64F67"/>
     <w:rsid w:val="00B652B7"/>
     <w:rsid w:val="00B65B55"/>
     <w:rsid w:val="00B65B9B"/>
     <w:rsid w:val="00B65FBA"/>
     <w:rsid w:val="00B66C72"/>
     <w:rsid w:val="00B66DB0"/>
     <w:rsid w:val="00B66E2F"/>
     <w:rsid w:val="00B6700B"/>
     <w:rsid w:val="00B674F1"/>
+    <w:rsid w:val="00B67583"/>
     <w:rsid w:val="00B67F94"/>
     <w:rsid w:val="00B70737"/>
     <w:rsid w:val="00B70D1E"/>
     <w:rsid w:val="00B71D23"/>
     <w:rsid w:val="00B75630"/>
     <w:rsid w:val="00B75B4C"/>
     <w:rsid w:val="00B76221"/>
     <w:rsid w:val="00B76B90"/>
     <w:rsid w:val="00B76E74"/>
     <w:rsid w:val="00B77387"/>
     <w:rsid w:val="00B8144E"/>
     <w:rsid w:val="00B814C4"/>
     <w:rsid w:val="00B83E2B"/>
     <w:rsid w:val="00B85487"/>
     <w:rsid w:val="00B860F5"/>
     <w:rsid w:val="00B86225"/>
     <w:rsid w:val="00B866AE"/>
     <w:rsid w:val="00B87346"/>
     <w:rsid w:val="00B902A8"/>
     <w:rsid w:val="00B91FC2"/>
     <w:rsid w:val="00B9247A"/>
     <w:rsid w:val="00B92CF4"/>
     <w:rsid w:val="00B939D7"/>
     <w:rsid w:val="00B952D3"/>
     <w:rsid w:val="00B95A54"/>
@@ -12544,50 +12820,51 @@
     <w:rsid w:val="00CA321E"/>
     <w:rsid w:val="00CA34C1"/>
     <w:rsid w:val="00CA43E5"/>
     <w:rsid w:val="00CA50F4"/>
     <w:rsid w:val="00CA523B"/>
     <w:rsid w:val="00CA5C51"/>
     <w:rsid w:val="00CA5FD8"/>
     <w:rsid w:val="00CA66A6"/>
     <w:rsid w:val="00CA741A"/>
     <w:rsid w:val="00CB0104"/>
     <w:rsid w:val="00CB048C"/>
     <w:rsid w:val="00CB1873"/>
     <w:rsid w:val="00CB2379"/>
     <w:rsid w:val="00CB29C7"/>
     <w:rsid w:val="00CB3D4E"/>
     <w:rsid w:val="00CB4948"/>
     <w:rsid w:val="00CB49DE"/>
     <w:rsid w:val="00CC0369"/>
     <w:rsid w:val="00CC048F"/>
     <w:rsid w:val="00CC1D32"/>
     <w:rsid w:val="00CC2319"/>
     <w:rsid w:val="00CC36F7"/>
     <w:rsid w:val="00CC4E83"/>
     <w:rsid w:val="00CC51BF"/>
     <w:rsid w:val="00CC6CC1"/>
+    <w:rsid w:val="00CC77C2"/>
     <w:rsid w:val="00CC7A0B"/>
     <w:rsid w:val="00CC7FE5"/>
     <w:rsid w:val="00CD03CD"/>
     <w:rsid w:val="00CD0856"/>
     <w:rsid w:val="00CD1A7A"/>
     <w:rsid w:val="00CD1CC8"/>
     <w:rsid w:val="00CD28AA"/>
     <w:rsid w:val="00CD2C1F"/>
     <w:rsid w:val="00CD2CC9"/>
     <w:rsid w:val="00CD2D8A"/>
     <w:rsid w:val="00CD3AC5"/>
     <w:rsid w:val="00CD4A72"/>
     <w:rsid w:val="00CD600D"/>
     <w:rsid w:val="00CD6A86"/>
     <w:rsid w:val="00CD6B3C"/>
     <w:rsid w:val="00CD6E21"/>
     <w:rsid w:val="00CD70F2"/>
     <w:rsid w:val="00CE0BF8"/>
     <w:rsid w:val="00CE239A"/>
     <w:rsid w:val="00CE2E29"/>
     <w:rsid w:val="00CE358E"/>
     <w:rsid w:val="00CE382F"/>
     <w:rsid w:val="00CE3AEE"/>
     <w:rsid w:val="00CE489E"/>
     <w:rsid w:val="00CE5813"/>
@@ -12618,50 +12895,51 @@
     <w:rsid w:val="00D02811"/>
     <w:rsid w:val="00D028EE"/>
     <w:rsid w:val="00D02D79"/>
     <w:rsid w:val="00D04C63"/>
     <w:rsid w:val="00D05808"/>
     <w:rsid w:val="00D06F8C"/>
     <w:rsid w:val="00D07A8D"/>
     <w:rsid w:val="00D10C51"/>
     <w:rsid w:val="00D11797"/>
     <w:rsid w:val="00D132E6"/>
     <w:rsid w:val="00D13300"/>
     <w:rsid w:val="00D139CB"/>
     <w:rsid w:val="00D13B49"/>
     <w:rsid w:val="00D143DE"/>
     <w:rsid w:val="00D14F33"/>
     <w:rsid w:val="00D15479"/>
     <w:rsid w:val="00D156B0"/>
     <w:rsid w:val="00D15A3E"/>
     <w:rsid w:val="00D16207"/>
     <w:rsid w:val="00D169EC"/>
     <w:rsid w:val="00D1764A"/>
     <w:rsid w:val="00D17A6D"/>
     <w:rsid w:val="00D20963"/>
     <w:rsid w:val="00D2155A"/>
     <w:rsid w:val="00D23489"/>
+    <w:rsid w:val="00D2370E"/>
     <w:rsid w:val="00D23B48"/>
     <w:rsid w:val="00D23DC8"/>
     <w:rsid w:val="00D247A4"/>
     <w:rsid w:val="00D251FB"/>
     <w:rsid w:val="00D258A7"/>
     <w:rsid w:val="00D25A6F"/>
     <w:rsid w:val="00D25EBB"/>
     <w:rsid w:val="00D26EBF"/>
     <w:rsid w:val="00D27A0E"/>
     <w:rsid w:val="00D30012"/>
     <w:rsid w:val="00D3047B"/>
     <w:rsid w:val="00D3098C"/>
     <w:rsid w:val="00D30DE8"/>
     <w:rsid w:val="00D32F19"/>
     <w:rsid w:val="00D3312A"/>
     <w:rsid w:val="00D344CF"/>
     <w:rsid w:val="00D355ED"/>
     <w:rsid w:val="00D35E64"/>
     <w:rsid w:val="00D36CB8"/>
     <w:rsid w:val="00D37BAF"/>
     <w:rsid w:val="00D37D7B"/>
     <w:rsid w:val="00D37FE4"/>
     <w:rsid w:val="00D4029F"/>
     <w:rsid w:val="00D402A0"/>
     <w:rsid w:val="00D417B0"/>
@@ -12748,91 +13026,93 @@
     <w:rsid w:val="00DA754C"/>
     <w:rsid w:val="00DB0041"/>
     <w:rsid w:val="00DB00A3"/>
     <w:rsid w:val="00DB0139"/>
     <w:rsid w:val="00DB03F7"/>
     <w:rsid w:val="00DB088E"/>
     <w:rsid w:val="00DB1577"/>
     <w:rsid w:val="00DB29E3"/>
     <w:rsid w:val="00DB2FDA"/>
     <w:rsid w:val="00DB3FB4"/>
     <w:rsid w:val="00DB502E"/>
     <w:rsid w:val="00DB53FC"/>
     <w:rsid w:val="00DB559F"/>
     <w:rsid w:val="00DB5F9C"/>
     <w:rsid w:val="00DB654B"/>
     <w:rsid w:val="00DB6D8F"/>
     <w:rsid w:val="00DB73E8"/>
     <w:rsid w:val="00DB7D33"/>
     <w:rsid w:val="00DC0416"/>
     <w:rsid w:val="00DC1107"/>
     <w:rsid w:val="00DC1ABC"/>
     <w:rsid w:val="00DC2474"/>
     <w:rsid w:val="00DC2AFC"/>
     <w:rsid w:val="00DC2D13"/>
     <w:rsid w:val="00DC2D95"/>
+    <w:rsid w:val="00DC443B"/>
     <w:rsid w:val="00DC491A"/>
     <w:rsid w:val="00DC5E62"/>
     <w:rsid w:val="00DD07C4"/>
     <w:rsid w:val="00DD293E"/>
     <w:rsid w:val="00DD296C"/>
     <w:rsid w:val="00DD3A00"/>
     <w:rsid w:val="00DD3CA0"/>
     <w:rsid w:val="00DD40CE"/>
     <w:rsid w:val="00DD41CE"/>
     <w:rsid w:val="00DD4226"/>
     <w:rsid w:val="00DD4A32"/>
     <w:rsid w:val="00DD5908"/>
     <w:rsid w:val="00DD5AD2"/>
     <w:rsid w:val="00DD60AB"/>
     <w:rsid w:val="00DD6386"/>
     <w:rsid w:val="00DD6847"/>
     <w:rsid w:val="00DD7160"/>
     <w:rsid w:val="00DD784A"/>
     <w:rsid w:val="00DD7DB5"/>
     <w:rsid w:val="00DE0B17"/>
     <w:rsid w:val="00DE101D"/>
     <w:rsid w:val="00DE1434"/>
     <w:rsid w:val="00DE190D"/>
     <w:rsid w:val="00DE19A0"/>
     <w:rsid w:val="00DE2723"/>
     <w:rsid w:val="00DE2A94"/>
     <w:rsid w:val="00DE2D7F"/>
     <w:rsid w:val="00DE2DAC"/>
     <w:rsid w:val="00DE347F"/>
     <w:rsid w:val="00DE36CA"/>
     <w:rsid w:val="00DE3789"/>
     <w:rsid w:val="00DE38BC"/>
     <w:rsid w:val="00DE43E9"/>
     <w:rsid w:val="00DE5E82"/>
     <w:rsid w:val="00DE61A5"/>
     <w:rsid w:val="00DE76ED"/>
     <w:rsid w:val="00DE7CF4"/>
     <w:rsid w:val="00DF0612"/>
     <w:rsid w:val="00DF0ED1"/>
     <w:rsid w:val="00DF13A8"/>
     <w:rsid w:val="00DF13F0"/>
+    <w:rsid w:val="00DF2325"/>
     <w:rsid w:val="00DF320E"/>
     <w:rsid w:val="00DF3903"/>
     <w:rsid w:val="00DF4623"/>
     <w:rsid w:val="00DF4DD2"/>
     <w:rsid w:val="00DF4F3A"/>
     <w:rsid w:val="00DF5AC9"/>
     <w:rsid w:val="00DF7454"/>
     <w:rsid w:val="00DF76ED"/>
     <w:rsid w:val="00DF7BFF"/>
     <w:rsid w:val="00DF7DBC"/>
     <w:rsid w:val="00E006E9"/>
     <w:rsid w:val="00E01857"/>
     <w:rsid w:val="00E0189F"/>
     <w:rsid w:val="00E02CCE"/>
     <w:rsid w:val="00E033EF"/>
     <w:rsid w:val="00E04468"/>
     <w:rsid w:val="00E044B1"/>
     <w:rsid w:val="00E05459"/>
     <w:rsid w:val="00E0564C"/>
     <w:rsid w:val="00E05A82"/>
     <w:rsid w:val="00E05FEF"/>
     <w:rsid w:val="00E061F3"/>
     <w:rsid w:val="00E07265"/>
     <w:rsid w:val="00E07AB9"/>
     <w:rsid w:val="00E07CC7"/>
@@ -18652,50 +18932,55 @@
   <w:style w:type="character" w:styleId="affffffffe">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00793930"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tlid-translation">
     <w:name w:val="tlid-translation"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="006B71CF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:rsid w:val="006B71CF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tool-identifier">
     <w:name w:val="tool-identifier"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00B40B2A"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="citation-content">
+    <w:name w:val="citation-content"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00281587"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="170681296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="304504608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -18861,51 +19146,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-0352-0027" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto::iryna.svyd@cnu.edu.ua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1988-543X" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.ihnatiuk@nure.ua" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4635-6542" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oleh.shuniborov@nure.ua" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4635-6542" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1109/taes.2022.3193649" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oleh.shuniborov@nure.ua" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/3/3c/Cc-by_new.svg/960px-Cc-by_new.svg.png" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30748/soi.2022.168.05" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.ihnatiuk@nure.ua" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://upload.wikimedia.org/wikipedia/commons/thumb/a/a3/Cc.logo.circle.svg/960px-Cc.logo.circle.svg.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15199/48.2022.11.17" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30837/rt.2023.2.213.09" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-0352-0027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto::iryna.svyd@cnu.edu.ua" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1988-543X" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -19174,82 +19459,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B60F084B-DDF9-494D-B39E-5B5AECCDA30D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>5184</Words>
-  <Characters>2955</Characters>
+  <Words>6080</Words>
+  <Characters>3466</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>УДК 621</vt:lpstr>
       <vt:lpstr>УДК 621</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Skynet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8123</CharactersWithSpaces>
+  <CharactersWithSpaces>9527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="84" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>666</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://orcid.org/0000-0001-7656-2948</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3735643</vt:i4>
       </vt:variant>
       <vt:variant>