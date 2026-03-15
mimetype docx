--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -9,91 +9,143 @@
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5CAEC65D" w14:textId="77777777" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="001D62E5">
+    <w:p w14:paraId="5CAEC65D" w14:textId="3B33B0EB" w:rsidR="001D62E5" w:rsidRDefault="001D62E5" w:rsidP="001D62E5">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">В редакцію </w:t>
       </w:r>
       <w:r w:rsidR="00126374">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>наукового журналу</w:t>
       </w:r>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:br/>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00126374" w:rsidRPr="00126374">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Інформаційні технології та інженерна електроніка</w:t>
       </w:r>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r w:rsidR="00314815">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="4916F2E6" w14:textId="1914C81C" w:rsidR="00314815" w:rsidRPr="00314815" w:rsidRDefault="00314815" w:rsidP="001D62E5">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk223778540"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314815">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information Technologies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314815">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314815">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Engineering Electronics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="37FCB886" w14:textId="77777777" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="001D62E5">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="753FC53E" w14:textId="77777777" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="001D62E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ЗАЯВА</w:t>
       </w:r>
@@ -372,142 +424,170 @@
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271848EE" w14:textId="77777777" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="001D62E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(назва статті)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B28FFA" w14:textId="77777777" w:rsidR="00D50BE0" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="00D50BE0">
+    <w:p w14:paraId="69B28FFA" w14:textId="0C208F80" w:rsidR="00D50BE0" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="00D50BE0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9637"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (надалі – Стаття) в рубриці</w:t>
+        <w:t>(надалі – Стаття) в рубриці</w:t>
       </w:r>
       <w:r w:rsidR="00D50BE0" w:rsidRPr="00270840">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024A4889" w14:textId="12653F1D" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="00D50BE0" w:rsidP="00126374">
+    <w:p w14:paraId="024A4889" w14:textId="4344D79C" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="00D50BE0" w:rsidP="00126374">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9637"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00126374" w:rsidRPr="00126374">
+      <w:r w:rsidR="00314815">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Комп’ютерні науки</w:t>
+        <w:t>- е</w:t>
+      </w:r>
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>лектроніка, електронні комунікації, приладобудування та радіотехніка</w:t>
       </w:r>
       <w:r w:rsidR="00126374">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>; і</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00314815">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidR="00126374">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00126374" w:rsidRPr="00126374">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>нженерія програмного забезпечення</w:t>
       </w:r>
       <w:r w:rsidR="00126374">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
+      <w:r w:rsidR="00314815">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>комп’ютерні науки</w:t>
+      </w:r>
+      <w:r w:rsidR="00314815">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>; - </w:t>
+      </w:r>
       <w:r w:rsidR="00C10D8E">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">комп’ютерна інженерія, </w:t>
-[...13 lines deleted...]
-        <w:t>нженерна електроніка</w:t>
+        <w:t>комп’ютерна інженерія</w:t>
       </w:r>
       <w:r w:rsidRPr="00270840">
         <w:rPr>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC6FB1A" w14:textId="77777777" w:rsidR="00084143" w:rsidRPr="00084143" w:rsidRDefault="00084143" w:rsidP="00084143">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084143">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00084143">
@@ -1191,183 +1271,121 @@
     <w:p w14:paraId="35658966" w14:textId="77777777" w:rsidR="001D62E5" w:rsidRPr="00270840" w:rsidRDefault="001D62E5" w:rsidP="00AA5672">
       <w:pPr>
         <w:pStyle w:val="afffffffff1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1354D670" w14:textId="5E91BB30" w:rsidR="001D62E5" w:rsidRPr="007078E1" w:rsidRDefault="007078E1" w:rsidP="00AA5672">
       <w:pPr>
         <w:pStyle w:val="afffffffff1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Додаток:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51775026" w14:textId="6AD1FFA8" w:rsidR="005B5BB9" w:rsidRPr="00270840" w:rsidRDefault="007078E1" w:rsidP="00AA5672">
+    <w:p w14:paraId="694AABD3" w14:textId="267A7AC5" w:rsidR="00AA5672" w:rsidRDefault="007078E1" w:rsidP="00AA5672">
       <w:pPr>
         <w:pStyle w:val="afffffffff1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005B5BB9" w:rsidRPr="00270840">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00595D59" w:rsidRPr="00595D59">
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Рекомендації від організації, де проводились дослідження (витяг із засідання кафедри</w:t>
-[...78 lines deleted...]
-        <w:t>-</w:t>
+        <w:t xml:space="preserve">Відомості про авторів (англійською та українською мовами): </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AA5672" w:rsidRPr="00270840">
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ПІБ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, науковий ступінь, вчене звання, посада, місце роботи (навчання), e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FF26B4">
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FF26B4" w:rsidRPr="00270840">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AA5672" w:rsidRPr="00270840">
+      <w:r w:rsidR="00314815" w:rsidRPr="00314815">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036F2D38" w14:textId="5B266EB8" w:rsidR="00084143" w:rsidRDefault="00084143" w:rsidP="00AA5672">
       <w:pPr>
         <w:pStyle w:val="afffffffff1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C727D94" w14:textId="7F4896D1" w:rsidR="00084143" w:rsidRDefault="00084143" w:rsidP="00AA5672">
       <w:pPr>
         <w:pStyle w:val="afffffffff1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1393,137 +1411,137 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0220">
       <wne:acd wne:acdName="acd0"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:acdManifest>
       <wne:acdEntry wne:acdName="acd0"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:argValue="AgAgBEIEIAAxADUANQAgABcEPQQwBDoE" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4ACF0514" w14:textId="77777777" w:rsidR="00925813" w:rsidRDefault="00925813">
+    <w:p w14:paraId="29A20142" w14:textId="77777777" w:rsidR="006B31BA" w:rsidRDefault="006B31BA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="194D1396" w14:textId="77777777" w:rsidR="00925813" w:rsidRDefault="00925813">
+    <w:p w14:paraId="5C587680" w14:textId="77777777" w:rsidR="006B31BA" w:rsidRDefault="006B31BA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesET">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AKFDDE+TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -1557,65 +1575,65 @@
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nimbus Sans L">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7896616E" w14:textId="77777777" w:rsidR="008E7CA3" w:rsidRPr="007C1941" w:rsidRDefault="008E7CA3" w:rsidP="009A6593">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="outside" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007C1941">
       <w:rPr>
         <w:rStyle w:val="aa"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007C1941">
@@ -1831,97 +1849,97 @@
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Information Technologies and Engineering Electronics</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BA42B1D" w14:textId="77777777" w:rsidR="00A51542" w:rsidRPr="0046108C" w:rsidRDefault="00A51542" w:rsidP="00A51542">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="075FE1AE" w14:textId="77777777" w:rsidR="00925813" w:rsidRDefault="00925813">
+    <w:p w14:paraId="75659398" w14:textId="77777777" w:rsidR="006B31BA" w:rsidRDefault="006B31BA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29C122BC" w14:textId="77777777" w:rsidR="00925813" w:rsidRDefault="00925813">
+    <w:p w14:paraId="1CE822AD" w14:textId="77777777" w:rsidR="006B31BA" w:rsidRDefault="006B31BA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1180" type="#_x0000_t75" style="width:7.75pt;height:9.2pt" o:bullet="t">
+      <v:shape id="_x0000_i1124" type="#_x0000_t75" style="width:7.6pt;height:9.2pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1181" type="#_x0000_t75" style="width:25.4pt;height:9.2pt" o:bullet="t">
+      <v:shape id="_x0000_i1125" type="#_x0000_t75" style="width:25.2pt;height:9.2pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16A416DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -6947,51 +6965,51 @@
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="312"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7165,50 +7183,51 @@
     <w:rsid w:val="00113619"/>
     <w:rsid w:val="0011385A"/>
     <w:rsid w:val="001145C4"/>
     <w:rsid w:val="00114706"/>
     <w:rsid w:val="001149AB"/>
     <w:rsid w:val="00115DC8"/>
     <w:rsid w:val="00117455"/>
     <w:rsid w:val="0012036A"/>
     <w:rsid w:val="00123324"/>
     <w:rsid w:val="00123704"/>
     <w:rsid w:val="0012485F"/>
     <w:rsid w:val="001248D5"/>
     <w:rsid w:val="001249BD"/>
     <w:rsid w:val="001249F5"/>
     <w:rsid w:val="00124CFC"/>
     <w:rsid w:val="001251B6"/>
     <w:rsid w:val="00125545"/>
     <w:rsid w:val="00125DA1"/>
     <w:rsid w:val="00126360"/>
     <w:rsid w:val="00126374"/>
     <w:rsid w:val="0012750F"/>
     <w:rsid w:val="00127B5B"/>
     <w:rsid w:val="001320F3"/>
     <w:rsid w:val="00132135"/>
     <w:rsid w:val="00132817"/>
+    <w:rsid w:val="00133BEF"/>
     <w:rsid w:val="00134873"/>
     <w:rsid w:val="00134B67"/>
     <w:rsid w:val="00134E08"/>
     <w:rsid w:val="00134FD7"/>
     <w:rsid w:val="00135654"/>
     <w:rsid w:val="00135C72"/>
     <w:rsid w:val="001367B6"/>
     <w:rsid w:val="001369B7"/>
     <w:rsid w:val="00136E2F"/>
     <w:rsid w:val="0013706E"/>
     <w:rsid w:val="00140C08"/>
     <w:rsid w:val="00141429"/>
     <w:rsid w:val="00141C81"/>
     <w:rsid w:val="00141E33"/>
     <w:rsid w:val="0014260A"/>
     <w:rsid w:val="001431CC"/>
     <w:rsid w:val="00145DC1"/>
     <w:rsid w:val="00152152"/>
     <w:rsid w:val="00152735"/>
     <w:rsid w:val="001531A8"/>
     <w:rsid w:val="00153C7D"/>
     <w:rsid w:val="001540FF"/>
     <w:rsid w:val="00154291"/>
     <w:rsid w:val="00154C3C"/>
     <w:rsid w:val="001560D2"/>
@@ -7462,50 +7481,51 @@
     <w:rsid w:val="002E6ADA"/>
     <w:rsid w:val="002E733F"/>
     <w:rsid w:val="002E78E5"/>
     <w:rsid w:val="002E7CF8"/>
     <w:rsid w:val="002F17D8"/>
     <w:rsid w:val="002F1937"/>
     <w:rsid w:val="002F3D40"/>
     <w:rsid w:val="002F3D51"/>
     <w:rsid w:val="002F62BC"/>
     <w:rsid w:val="002F65FB"/>
     <w:rsid w:val="002F762C"/>
     <w:rsid w:val="00300362"/>
     <w:rsid w:val="00302082"/>
     <w:rsid w:val="00303478"/>
     <w:rsid w:val="00303773"/>
     <w:rsid w:val="00303ADA"/>
     <w:rsid w:val="00303D95"/>
     <w:rsid w:val="00303E57"/>
     <w:rsid w:val="00304F27"/>
     <w:rsid w:val="00305BFD"/>
     <w:rsid w:val="00306212"/>
     <w:rsid w:val="003078F7"/>
     <w:rsid w:val="003109A5"/>
     <w:rsid w:val="0031188B"/>
     <w:rsid w:val="00312631"/>
+    <w:rsid w:val="00314815"/>
     <w:rsid w:val="00315239"/>
     <w:rsid w:val="0031594F"/>
     <w:rsid w:val="00316262"/>
     <w:rsid w:val="00320141"/>
     <w:rsid w:val="003206C8"/>
     <w:rsid w:val="00324796"/>
     <w:rsid w:val="003249F4"/>
     <w:rsid w:val="00325CB0"/>
     <w:rsid w:val="0032627D"/>
     <w:rsid w:val="00326E17"/>
     <w:rsid w:val="00331A42"/>
     <w:rsid w:val="00331E34"/>
     <w:rsid w:val="003328B9"/>
     <w:rsid w:val="00332B53"/>
     <w:rsid w:val="0033382A"/>
     <w:rsid w:val="00333A09"/>
     <w:rsid w:val="00333FBE"/>
     <w:rsid w:val="0033405A"/>
     <w:rsid w:val="00336E49"/>
     <w:rsid w:val="003373E7"/>
     <w:rsid w:val="0033745F"/>
     <w:rsid w:val="003428F2"/>
     <w:rsid w:val="0034328A"/>
     <w:rsid w:val="00344329"/>
     <w:rsid w:val="0034565D"/>
@@ -8007,50 +8027,51 @@
     <w:rsid w:val="00683872"/>
     <w:rsid w:val="00683E89"/>
     <w:rsid w:val="0068407B"/>
     <w:rsid w:val="0068445D"/>
     <w:rsid w:val="00684548"/>
     <w:rsid w:val="006873EE"/>
     <w:rsid w:val="00687826"/>
     <w:rsid w:val="00687A12"/>
     <w:rsid w:val="00690EBD"/>
     <w:rsid w:val="00692FA4"/>
     <w:rsid w:val="006943C9"/>
     <w:rsid w:val="0069503A"/>
     <w:rsid w:val="00695847"/>
     <w:rsid w:val="00696943"/>
     <w:rsid w:val="00697F37"/>
     <w:rsid w:val="006A1799"/>
     <w:rsid w:val="006A3DAE"/>
     <w:rsid w:val="006A47BA"/>
     <w:rsid w:val="006A7409"/>
     <w:rsid w:val="006A7A2B"/>
     <w:rsid w:val="006A7D9F"/>
     <w:rsid w:val="006B0034"/>
     <w:rsid w:val="006B11A4"/>
     <w:rsid w:val="006B21B1"/>
     <w:rsid w:val="006B2C8B"/>
+    <w:rsid w:val="006B31BA"/>
     <w:rsid w:val="006B5755"/>
     <w:rsid w:val="006B7D64"/>
     <w:rsid w:val="006C07D9"/>
     <w:rsid w:val="006C0C21"/>
     <w:rsid w:val="006C110D"/>
     <w:rsid w:val="006C2735"/>
     <w:rsid w:val="006C2F9E"/>
     <w:rsid w:val="006C3F63"/>
     <w:rsid w:val="006C3F7B"/>
     <w:rsid w:val="006C7107"/>
     <w:rsid w:val="006C7959"/>
     <w:rsid w:val="006D040A"/>
     <w:rsid w:val="006D05E6"/>
     <w:rsid w:val="006D116B"/>
     <w:rsid w:val="006D1F64"/>
     <w:rsid w:val="006D2399"/>
     <w:rsid w:val="006D3358"/>
     <w:rsid w:val="006D4436"/>
     <w:rsid w:val="006D4659"/>
     <w:rsid w:val="006D6C33"/>
     <w:rsid w:val="006D7417"/>
     <w:rsid w:val="006D7EE8"/>
     <w:rsid w:val="006E2578"/>
     <w:rsid w:val="006E2684"/>
     <w:rsid w:val="006E2823"/>
@@ -15456,82 +15477,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68AFA050-091A-4751-A8DA-A1EED2DDB8C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1345</Words>
-  <Characters>768</Characters>
+  <Words>1357</Words>
+  <Characters>774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>УДК 621</vt:lpstr>
       <vt:lpstr>УДК 621</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Skynet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2109</CharactersWithSpaces>
+  <CharactersWithSpaces>2127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>УДК 621</dc:title>
   <dc:subject/>
   <dc:creator>Гаврюченко Д.В.</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>